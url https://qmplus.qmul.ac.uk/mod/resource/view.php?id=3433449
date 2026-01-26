--- v0 (2025-12-11)
+++ v1 (2026-01-26)
@@ -1310,94 +1310,130 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>MUST</w:t>
       </w:r>
       <w:r w:rsidR="005F110F" w:rsidRPr="00CA46B5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005F110F" w:rsidRPr="00CA46B5">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>be in Word (.doc or .docx) file format</w:t>
+        <w:t xml:space="preserve">be in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005F110F" w:rsidRPr="00CA46B5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Word (.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005F110F" w:rsidRPr="00CA46B5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>doc or .docx) file format</w:t>
       </w:r>
       <w:r w:rsidR="00D21C44" w:rsidRPr="00CA46B5">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FB7F2E5" w14:textId="7786F0A6" w:rsidR="003B163C" w:rsidRPr="00CA46B5" w:rsidRDefault="008E09DC" w:rsidP="00DC1E2E">
       <w:pPr>
         <w:spacing w:before="160"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA46B5">
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA46B5">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E15F96" w:rsidRPr="00CA46B5">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">Name the file using the following format: ModuleCode_QuestionNumber_ for example </w:t>
+        <w:t xml:space="preserve">Name the file using the following format: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E15F96" w:rsidRPr="00CA46B5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>ModuleCode_QuestionNumber</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E15F96" w:rsidRPr="00CA46B5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ for example </w:t>
       </w:r>
       <w:r w:rsidR="00F61019">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>PSY312_Q1_12345678</w:t>
       </w:r>
       <w:r w:rsidR="00E15F96" w:rsidRPr="00CA46B5">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EEDF09E" w14:textId="77777777" w:rsidR="00E15F96" w:rsidRPr="00CA46B5" w:rsidRDefault="008E09DC" w:rsidP="00DC1E2E">
       <w:pPr>
         <w:spacing w:before="160"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
@@ -1459,117 +1495,128 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="36828469">
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
       <w:r w:rsidRPr="36828469">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="1DF0D5BA" w:rsidRPr="36828469">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">You must submit by uploading your answer to QMPlus. You have 2 hours to write your answer, and you have up to 30 minutes to upload the exam. If the exam is uploaded after 30 minutes but before 40 minutes after the 2 hour deadline, you will incur a late penalty of 10% of the total mark. After 40 minutes no submission will be </w:t>
+        <w:t xml:space="preserve">You must submit by uploading your answer to </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="1DF0D5BA" w:rsidRPr="36828469">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>QMPlus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="1DF0D5BA" w:rsidRPr="36828469">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. You have 2 hours to write your answer, and you have up to 30 minutes to upload the exam. If the exam is uploaded after 30 minutes but before 40 minutes after the 2 hour deadline, you will incur a late penalty of 10% of the total mark. After 40 minutes no submission will be </w:t>
       </w:r>
       <w:r w:rsidR="1DF0D5BA" w:rsidRPr="00332755">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>accepted</w:t>
       </w:r>
       <w:r w:rsidR="00E90728" w:rsidRPr="00332755">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6394F14A" w14:textId="4DD8AAE4" w:rsidR="00DC1E2E" w:rsidRPr="00CA46B5" w:rsidRDefault="008E09DC" w:rsidP="00CA46B5">
+    <w:p w14:paraId="07CA8900" w14:textId="77777777" w:rsidR="008F7B59" w:rsidRPr="008F7B59" w:rsidRDefault="008E09DC" w:rsidP="008F7B59">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="160" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA46B5">
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA46B5">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00580565" w:rsidRPr="00CA46B5">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">As an added security measure email an identical copy to what you submitted (bit-wise comparisons will be made to ensure the files are completely identical – do not make any changes whatsoever) to </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="00F61019" w:rsidRPr="000F489C">
+        <w:r w:rsidR="008F7B59" w:rsidRPr="008F7B59">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="21"/>
-            <w:szCs w:val="21"/>
           </w:rPr>
-          <w:t>sbbs-psych-onlineassessment@qmul.ac.uk</w:t>
+          <w:t>se-sbbs-student-submission@qmul.ac.uk</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="63F9A236" w14:textId="77777777" w:rsidR="005F110F" w:rsidRPr="00CA46B5" w:rsidRDefault="008E09DC" w:rsidP="00CA46B5">
+    <w:p w14:paraId="63F9A236" w14:textId="7FF66A9C" w:rsidR="005F110F" w:rsidRPr="00CA46B5" w:rsidRDefault="008E09DC" w:rsidP="00CA46B5">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="160" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA46B5">
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA46B5">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
@@ -2522,117 +2569,120 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00964131" w:rsidRPr="00CA46B5" w:rsidSect="00B3624A">
       <w:headerReference w:type="even" r:id="rId14"/>
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:footerReference w:type="even" r:id="rId16"/>
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:footerReference w:type="first" r:id="rId18"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1021" w:right="1134" w:bottom="1021" w:left="1134" w:header="283" w:footer="902" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="336755EE" w14:textId="77777777" w:rsidR="00D53E39" w:rsidRDefault="00D53E39">
+    <w:p w14:paraId="16B22993" w14:textId="77777777" w:rsidR="00B5728E" w:rsidRDefault="00B5728E">
       <w:pPr>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3FA912DA" w14:textId="77777777" w:rsidR="00D53E39" w:rsidRDefault="00D53E39">
+    <w:p w14:paraId="119D54BF" w14:textId="77777777" w:rsidR="00B5728E" w:rsidRDefault="00B5728E">
       <w:pPr>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
+    <w:altName w:val="Times New Roman PS"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helv">
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -2744,61 +2794,61 @@
       <w:t xml:space="preserve">University of London, </w:t>
     </w:r>
     <w:r w:rsidR="001404E1">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:snapToGrid w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
     <w:r w:rsidR="008C5E6F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:snapToGrid w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0D647085" w14:textId="77777777" w:rsidR="00D53E39" w:rsidRDefault="00D53E39">
+    <w:p w14:paraId="032C3140" w14:textId="77777777" w:rsidR="00B5728E" w:rsidRDefault="00B5728E">
       <w:pPr>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0AC2100A" w14:textId="77777777" w:rsidR="00D53E39" w:rsidRDefault="00D53E39">
+    <w:p w14:paraId="70B7EE3D" w14:textId="77777777" w:rsidR="00B5728E" w:rsidRDefault="00B5728E">
       <w:pPr>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7933545E" w14:textId="77777777" w:rsidR="00F561F4" w:rsidRDefault="008C5E6F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00C73847" w:rsidRPr="008F727D">
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidR="00C73847" w:rsidRPr="008F727D">
       <w:fldChar w:fldCharType="begin"/>
@@ -7045,50 +7095,51 @@
   </w:num>
   <w:num w:numId="36" w16cid:durableId="516894356">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="469638110">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="1439641724">
     <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1148286807">
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="263225077">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="1456681916">
     <w:abstractNumId w:val="37"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1024" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:evenAndOddHeaders/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -7434,50 +7485,51 @@
     <w:rsid w:val="00885A37"/>
     <w:rsid w:val="00890248"/>
     <w:rsid w:val="008909CF"/>
     <w:rsid w:val="00896576"/>
     <w:rsid w:val="008A0E05"/>
     <w:rsid w:val="008B2F4F"/>
     <w:rsid w:val="008B3A05"/>
     <w:rsid w:val="008B7244"/>
     <w:rsid w:val="008C3FE6"/>
     <w:rsid w:val="008C5BB7"/>
     <w:rsid w:val="008C5E6F"/>
     <w:rsid w:val="008C7E31"/>
     <w:rsid w:val="008D2A24"/>
     <w:rsid w:val="008D2F2E"/>
     <w:rsid w:val="008D30AB"/>
     <w:rsid w:val="008D35A8"/>
     <w:rsid w:val="008D449A"/>
     <w:rsid w:val="008D61AF"/>
     <w:rsid w:val="008E09DC"/>
     <w:rsid w:val="008E0AED"/>
     <w:rsid w:val="008E19C4"/>
     <w:rsid w:val="008E538E"/>
     <w:rsid w:val="008E79B1"/>
     <w:rsid w:val="008F1E28"/>
     <w:rsid w:val="008F727D"/>
+    <w:rsid w:val="008F7B59"/>
     <w:rsid w:val="00902E04"/>
     <w:rsid w:val="00903BFB"/>
     <w:rsid w:val="0091516B"/>
     <w:rsid w:val="0091751D"/>
     <w:rsid w:val="00921946"/>
     <w:rsid w:val="00926819"/>
     <w:rsid w:val="00926C83"/>
     <w:rsid w:val="009322FF"/>
     <w:rsid w:val="0093247E"/>
     <w:rsid w:val="00936139"/>
     <w:rsid w:val="00940502"/>
     <w:rsid w:val="00940E97"/>
     <w:rsid w:val="0094184E"/>
     <w:rsid w:val="00945E4E"/>
     <w:rsid w:val="00950E0D"/>
     <w:rsid w:val="009527E3"/>
     <w:rsid w:val="009537C4"/>
     <w:rsid w:val="009550F0"/>
     <w:rsid w:val="00961629"/>
     <w:rsid w:val="00962721"/>
     <w:rsid w:val="00963AD8"/>
     <w:rsid w:val="00964131"/>
     <w:rsid w:val="0096524D"/>
     <w:rsid w:val="00966B8A"/>
     <w:rsid w:val="00981E7F"/>
@@ -7538,50 +7590,51 @@
     <w:rsid w:val="00AE3CF9"/>
     <w:rsid w:val="00AE3FD8"/>
     <w:rsid w:val="00AE4333"/>
     <w:rsid w:val="00AF0941"/>
     <w:rsid w:val="00AF44AB"/>
     <w:rsid w:val="00AF5874"/>
     <w:rsid w:val="00B03071"/>
     <w:rsid w:val="00B10095"/>
     <w:rsid w:val="00B10806"/>
     <w:rsid w:val="00B15734"/>
     <w:rsid w:val="00B171B8"/>
     <w:rsid w:val="00B30EE0"/>
     <w:rsid w:val="00B331D0"/>
     <w:rsid w:val="00B34340"/>
     <w:rsid w:val="00B352DF"/>
     <w:rsid w:val="00B3624A"/>
     <w:rsid w:val="00B40102"/>
     <w:rsid w:val="00B41B56"/>
     <w:rsid w:val="00B42C3B"/>
     <w:rsid w:val="00B42D89"/>
     <w:rsid w:val="00B434BE"/>
     <w:rsid w:val="00B47B92"/>
     <w:rsid w:val="00B535AB"/>
     <w:rsid w:val="00B5368C"/>
     <w:rsid w:val="00B5449D"/>
+    <w:rsid w:val="00B5728E"/>
     <w:rsid w:val="00B6024B"/>
     <w:rsid w:val="00B6177F"/>
     <w:rsid w:val="00B621A3"/>
     <w:rsid w:val="00B62FEB"/>
     <w:rsid w:val="00B630BD"/>
     <w:rsid w:val="00B63164"/>
     <w:rsid w:val="00B6417D"/>
     <w:rsid w:val="00B70D13"/>
     <w:rsid w:val="00B717F5"/>
     <w:rsid w:val="00B73A49"/>
     <w:rsid w:val="00B772E9"/>
     <w:rsid w:val="00B8122D"/>
     <w:rsid w:val="00B812AB"/>
     <w:rsid w:val="00B83047"/>
     <w:rsid w:val="00B87EC9"/>
     <w:rsid w:val="00B909BC"/>
     <w:rsid w:val="00B931AF"/>
     <w:rsid w:val="00B97353"/>
     <w:rsid w:val="00B97437"/>
     <w:rsid w:val="00B9758F"/>
     <w:rsid w:val="00BA70F4"/>
     <w:rsid w:val="00BB0539"/>
     <w:rsid w:val="00BB1144"/>
     <w:rsid w:val="00BB20F5"/>
     <w:rsid w:val="00BB5AB5"/>
@@ -8255,51 +8308,50 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Helv" w:hAnsi="Helv" w:cs="Times New Roman"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -9135,51 +9187,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2102483912">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.arcs.qmul.ac.uk/media/arcs/policyzone/academic/Academic-Misconduct-Policy-(approved-04-06-2020).pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sbbs-psych-onlineassessment@qmul.ac.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.arcs.qmul.ac.uk/media/arcs/policyzone/academic/Academic-Misconduct-Policy-(approved-04-06-2020).pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:se-sbbs-student-submission@qmul.ac.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -9450,59 +9502,60 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001C8F621482F98C4384B94E95C5482199" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="766ba29288b666f5180710f89e49c953">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6c16959e-a6c3-4a2b-a654-f34cbbe8085f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="367a05055a4ac3890a6ad9ec7b7d72b4" ns2:_="">
     <xsd:import namespace="6c16959e-a6c3-4a2b-a654-f34cbbe8085f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6c16959e-a6c3-4a2b-a654-f34cbbe8085f" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
@@ -9602,124 +9655,123 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{29AEFF2E-50D8-4A61-A1FA-CEF439260F07}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8BF39A67-FB59-48BF-99C7-A6BF238E0C7F}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C4979D84-5786-4A54-A33E-C3D5999B5E02}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1229FF67-4334-4D27-AA7F-423BA14F0F05}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="6c16959e-a6c3-4a2b-a654-f34cbbe8085f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C4979D84-5786-4A54-A33E-C3D5999B5E02}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{29AEFF2E-50D8-4A61-A1FA-CEF439260F07}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{569df091-b013-40e3-86ee-bd9cb9e25814}" enabled="0" method="" siteId="{569df091-b013-40e3-86ee-bd9cb9e25814}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>425</Words>
-  <Characters>2332</Characters>
+  <Words>403</Words>
+  <Characters>2352</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>86</Lines>
-  <Paragraphs>30</Paragraphs>
+  <Lines>36</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Queen Mary, University of London</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2727</CharactersWithSpaces>
+  <CharactersWithSpaces>2746</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lokuj Jaman</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001C8F621482F98C4384B94E95C5482199</vt:lpwstr>
   </property>