--- v0 (2025-10-25)
+++ v1 (2025-12-16)
@@ -10,2329 +10,2155 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="26450BB6" w14:textId="5B3E3672" w:rsidR="00E27536" w:rsidRPr="001D6433" w:rsidRDefault="6E14AA2C" w:rsidP="700DA3EF">
+    <w:p w:rsidRPr="001D6433" w:rsidR="00E27536" w:rsidP="700DA3EF" w:rsidRDefault="6E14AA2C" w14:paraId="26450BB6" w14:textId="5B3E3672">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D6433">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">MA </w:t>
       </w:r>
       <w:r w:rsidR="00B93199">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>Creative Arts and Media</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BFF073E" w14:textId="37478E47" w:rsidR="000A1115" w:rsidRPr="001D6433" w:rsidRDefault="000A1115" w:rsidP="1A6405D5">
+    <w:p w:rsidRPr="001D6433" w:rsidR="000A1115" w:rsidP="1A6405D5" w:rsidRDefault="000A1115" w14:paraId="2BFF073E" w14:textId="37478E47">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F889406" w14:textId="337B412D" w:rsidR="000A1115" w:rsidRPr="001D6433" w:rsidRDefault="4E046759" w:rsidP="1A6405D5">
+    <w:p w:rsidRPr="001D6433" w:rsidR="000A1115" w:rsidP="1A6405D5" w:rsidRDefault="4E046759" w14:paraId="3F889406" w14:textId="337B412D">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D6433">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>PROGRAMME INFORMATION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CFF3936" w14:textId="66E112F0" w:rsidR="1A6405D5" w:rsidRPr="001D6433" w:rsidRDefault="1A6405D5" w:rsidP="1A6405D5">
+    <w:p w:rsidRPr="001D6433" w:rsidR="1A6405D5" w:rsidP="1A6405D5" w:rsidRDefault="1A6405D5" w14:paraId="5CFF3936" w14:textId="66E112F0">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18881379" w14:textId="44687A46" w:rsidR="0073255D" w:rsidRDefault="0DDB316E" w:rsidP="006449BA">
+    <w:p w:rsidR="0073255D" w:rsidP="006449BA" w:rsidRDefault="0DDB316E" w14:paraId="18881379" w14:textId="44687A46">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D6433">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>All new students</w:t>
       </w:r>
       <w:r w:rsidR="006449BA">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> must take </w:t>
       </w:r>
       <w:r w:rsidR="00476E9A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">two </w:t>
       </w:r>
       <w:r w:rsidR="006449BA">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">30 credits of </w:t>
       </w:r>
       <w:r w:rsidR="00BA2006">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Compulsory</w:t>
       </w:r>
       <w:r w:rsidR="006449BA">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> modules</w:t>
       </w:r>
       <w:r w:rsidR="00BA2006">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and </w:t>
+        <w:t xml:space="preserve"> and choose </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00476E9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>choose</w:t>
+        <w:t>60</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BA2006">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> credits of </w:t>
       </w:r>
       <w:r w:rsidR="00476E9A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>60</w:t>
+        <w:t xml:space="preserve">compulsory elective </w:t>
       </w:r>
       <w:r w:rsidR="00BA2006">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...87 lines deleted...]
-        <w:t xml:space="preserve"> modules.</w:t>
+        <w:t>optional modules.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="411FD7EE" w14:textId="43EF2747" w:rsidR="343FA3A8" w:rsidRPr="001D6433" w:rsidRDefault="343FA3A8" w:rsidP="343FA3A8">
+    <w:p w:rsidRPr="001D6433" w:rsidR="343FA3A8" w:rsidP="343FA3A8" w:rsidRDefault="343FA3A8" w14:paraId="411FD7EE" w14:textId="43EF2747">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="619E9B27" w14:textId="03AACC1C" w:rsidR="000A1115" w:rsidRPr="001D6433" w:rsidRDefault="7D0606A2" w:rsidP="29CFFADD">
+    <w:p w:rsidRPr="001D6433" w:rsidR="000A1115" w:rsidP="29CFFADD" w:rsidRDefault="7D0606A2" w14:paraId="619E9B27" w14:textId="03AACC1C">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="541AD2DA">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Full-time students </w:t>
       </w:r>
-      <w:r w:rsidR="3AF8FA14" w:rsidRPr="541AD2DA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="541AD2DA" w:rsidR="3AF8FA14">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">will complete 180 credits in total comprising of </w:t>
       </w:r>
       <w:r w:rsidR="000C1EC3">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>90</w:t>
       </w:r>
-      <w:r w:rsidR="3AF8FA14" w:rsidRPr="541AD2DA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="541AD2DA" w:rsidR="3AF8FA14">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> credits of </w:t>
       </w:r>
       <w:r w:rsidR="000C1EC3">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>compulsory</w:t>
       </w:r>
-      <w:r w:rsidR="3AF8FA14" w:rsidRPr="541AD2DA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="541AD2DA" w:rsidR="3AF8FA14">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> modules</w:t>
       </w:r>
       <w:r w:rsidR="000C1EC3">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, 30 credits of compulsory electives</w:t>
       </w:r>
       <w:r w:rsidR="006449BA">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r w:rsidR="3AF8FA14" w:rsidRPr="541AD2DA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="541AD2DA" w:rsidR="3AF8FA14">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="2B0D8701" w:rsidRPr="541AD2DA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="541AD2DA" w:rsidR="2B0D8701">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>60-credit</w:t>
       </w:r>
-      <w:r w:rsidR="3AF8FA14" w:rsidRPr="541AD2DA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="541AD2DA" w:rsidR="3AF8FA14">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> dissertation</w:t>
       </w:r>
       <w:r w:rsidR="006449BA">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C3BDD5D" w14:textId="6AA7244B" w:rsidR="29CFFADD" w:rsidRPr="001D6433" w:rsidRDefault="29CFFADD" w:rsidP="29CFFADD">
+    <w:p w:rsidRPr="001D6433" w:rsidR="29CFFADD" w:rsidP="29CFFADD" w:rsidRDefault="29CFFADD" w14:paraId="6C3BDD5D" w14:textId="6AA7244B">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1440"/>
         <w:gridCol w:w="8483"/>
       </w:tblGrid>
-      <w:tr w:rsidR="4CE8A813" w:rsidRPr="001D6433" w14:paraId="70E7FCBC" w14:textId="77777777" w:rsidTr="00D24676">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="4CE8A813" w:rsidTr="3CD9AEAE" w14:paraId="70E7FCBC" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="43696DDB" w14:textId="763054E0" w:rsidR="4CE8A813" w:rsidRPr="001D6433" w:rsidRDefault="000C1EC3" w:rsidP="4CE8A813">
+          <w:p w:rsidRPr="001D6433" w:rsidR="4CE8A813" w:rsidP="4CE8A813" w:rsidRDefault="000C1EC3" w14:paraId="43696DDB" w14:textId="763054E0">
             <w:pPr>
               <w:pStyle w:val="Body"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Compulsory</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8483" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="4A416460" w14:textId="77777777" w:rsidR="006449BA" w:rsidRPr="00476E9A" w:rsidRDefault="000C1EC3" w:rsidP="4CE8A813">
+          <w:p w:rsidRPr="00476E9A" w:rsidR="006449BA" w:rsidP="4CE8A813" w:rsidRDefault="000C1EC3" w14:paraId="4A416460" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Body"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00476E9A">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>You must take the following modules:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37CDEF48" w14:textId="77777777" w:rsidR="000C1EC3" w:rsidRDefault="00476E9A" w:rsidP="4CE8A813">
+          <w:p w:rsidR="000C1EC3" w:rsidP="4CE8A813" w:rsidRDefault="00476E9A" w14:paraId="37CDEF48" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Body"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>STA7005 Making Media (30 credits)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1B8E869F" w14:textId="72CA5F77" w:rsidR="00476E9A" w:rsidRPr="001D6433" w:rsidRDefault="00476E9A" w:rsidP="4CE8A813">
+          <w:p w:rsidRPr="001D6433" w:rsidR="00476E9A" w:rsidP="4CE8A813" w:rsidRDefault="00476E9A" w14:paraId="1B8E869F" w14:textId="72CA5F77">
             <w:pPr>
               <w:pStyle w:val="Body"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>FLM7010 Creative Producing (30 credits)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1EC3" w:rsidRPr="001D6433" w14:paraId="182BCFA2" w14:textId="77777777" w:rsidTr="00D24676">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="000C1EC3" w:rsidTr="3CD9AEAE" w14:paraId="182BCFA2" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="55614C1E" w14:textId="6165E474" w:rsidR="000C1EC3" w:rsidRPr="001D6433" w:rsidRDefault="00D24676" w:rsidP="29CFFADD">
+          <w:p w:rsidRPr="001D6433" w:rsidR="000C1EC3" w:rsidP="29CFFADD" w:rsidRDefault="00D24676" w14:paraId="55614C1E" w14:textId="6165E474">
             <w:pPr>
               <w:pStyle w:val="Body"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Compulsory Electives</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8483" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="7DB98EAE" w14:textId="37B71534" w:rsidR="000C1EC3" w:rsidRDefault="00D24676" w:rsidP="29CFFADD">
+          <w:p w:rsidR="000C1EC3" w:rsidP="29CFFADD" w:rsidRDefault="00D24676" w14:paraId="7DB98EAE" w14:textId="37B71534">
             <w:pPr>
               <w:pStyle w:val="Body"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D24676">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">You must choose </w:t>
             </w:r>
             <w:r w:rsidR="00476E9A">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
             <w:r w:rsidRPr="00D24676">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> credits from the following:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="156F120D" w14:textId="515CCA1A" w:rsidR="00476E9A" w:rsidRDefault="00476E9A" w:rsidP="29CFFADD">
+          <w:p w:rsidR="00476E9A" w:rsidP="29CFFADD" w:rsidRDefault="00476E9A" w14:paraId="156F120D" w14:textId="515CCA1A">
             <w:pPr>
               <w:pStyle w:val="Body"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>EITHER/OR/BOTH:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="494B9D27" w14:textId="66FDE950" w:rsidR="00476E9A" w:rsidRPr="00476E9A" w:rsidRDefault="00476E9A" w:rsidP="00476E9A">
+          <w:p w:rsidRPr="00476E9A" w:rsidR="00476E9A" w:rsidP="00476E9A" w:rsidRDefault="00476E9A" w14:paraId="494B9D27" w14:textId="66FDE950">
             <w:pPr>
               <w:pStyle w:val="Body"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00476E9A">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ESH7110 Collaborative Practices (30 credits)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4F651B8B" w14:textId="572AB20F" w:rsidR="00476E9A" w:rsidRPr="00476E9A" w:rsidRDefault="00476E9A" w:rsidP="00476E9A">
+          <w:p w:rsidRPr="00476E9A" w:rsidR="00476E9A" w:rsidP="00476E9A" w:rsidRDefault="00476E9A" w14:paraId="4F651B8B" w14:textId="572AB20F">
             <w:pPr>
               <w:pStyle w:val="Body"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00476E9A">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>STA7004 Writing for Production (30 credits)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="735EC6DA" w14:textId="06A1B2C7" w:rsidR="00476E9A" w:rsidRDefault="00476E9A" w:rsidP="00476E9A">
+          <w:p w:rsidR="00476E9A" w:rsidP="00476E9A" w:rsidRDefault="00476E9A" w14:paraId="735EC6DA" w14:textId="06A1B2C7">
             <w:pPr>
               <w:pStyle w:val="Body"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>OR</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10B2030D" w14:textId="37D96515" w:rsidR="00D24676" w:rsidRPr="00476E9A" w:rsidRDefault="00476E9A" w:rsidP="29CFFADD">
+          <w:p w:rsidRPr="00476E9A" w:rsidR="00D24676" w:rsidP="29CFFADD" w:rsidRDefault="00476E9A" w14:paraId="10B2030D" w14:textId="7E1515C5">
             <w:pPr>
               <w:pStyle w:val="Body"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00476E9A">
-[...2 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="3CD9AEAE" w:rsidR="00476E9A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>30 credits of Guided Electives at Level 7 in STA</w:t>
+              <w:t xml:space="preserve">30 credits </w:t>
+            </w:r>
+            <w:r w:rsidRPr="3CD9AEAE" w:rsidR="2D92F514">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>from the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3CD9AEAE" w:rsidR="00476E9A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Guided Electives </w:t>
+            </w:r>
+            <w:r w:rsidRPr="3CD9AEAE" w:rsidR="33691801">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">list </w:t>
+            </w:r>
+            <w:r w:rsidRPr="3CD9AEAE" w:rsidR="00476E9A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>at Level 7 in STA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="29CFFADD" w:rsidRPr="001D6433" w14:paraId="10007FF5" w14:textId="77777777" w:rsidTr="00D24676">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="29CFFADD" w:rsidTr="3CD9AEAE" w14:paraId="10007FF5" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="0460F61D" w14:textId="3E89A2F8" w:rsidR="4F04E0FD" w:rsidRPr="001D6433" w:rsidRDefault="4F04E0FD" w:rsidP="29CFFADD">
+          <w:p w:rsidRPr="001D6433" w:rsidR="4F04E0FD" w:rsidP="29CFFADD" w:rsidRDefault="4F04E0FD" w14:paraId="0460F61D" w14:textId="3E89A2F8">
             <w:pPr>
               <w:pStyle w:val="Body"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6433">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Core</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8483" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="59071A31" w14:textId="0AE5F3A8" w:rsidR="4F04E0FD" w:rsidRPr="00476E9A" w:rsidRDefault="00476E9A" w:rsidP="29CFFADD">
+          <w:p w:rsidRPr="00476E9A" w:rsidR="4F04E0FD" w:rsidP="29CFFADD" w:rsidRDefault="00476E9A" w14:paraId="59071A31" w14:textId="0AE5F3A8">
             <w:pPr>
               <w:pStyle w:val="Body"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00476E9A">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>STA7006 Content Creation for Creative Industries Project</w:t>
             </w:r>
-            <w:r w:rsidR="00D24676" w:rsidRPr="00476E9A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00476E9A" w:rsidR="00D24676">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (60 credits)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="309DB3B5" w14:textId="5ABBDC8C" w:rsidR="1A6405D5" w:rsidRPr="001D6433" w:rsidRDefault="1A6405D5" w:rsidP="46A5EB81">
+    <w:p w:rsidRPr="001D6433" w:rsidR="1A6405D5" w:rsidP="46A5EB81" w:rsidRDefault="1A6405D5" w14:paraId="309DB3B5" w14:textId="5ABBDC8C">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B02C049" w14:textId="1EB0BAF0" w:rsidR="4CE8A813" w:rsidRPr="001D6433" w:rsidRDefault="15454490" w:rsidP="00687CE1">
+    <w:p w:rsidRPr="001D6433" w:rsidR="4CE8A813" w:rsidP="00687CE1" w:rsidRDefault="15454490" w14:paraId="0B02C049" w14:textId="1EB0BAF0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D6433">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>MODULE REGISTRATION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="366BBF93" w14:textId="2DA499E5" w:rsidR="1A6405D5" w:rsidRPr="00687CE1" w:rsidRDefault="7B019DE9" w:rsidP="00687CE1">
+    <w:p w:rsidRPr="00687CE1" w:rsidR="1A6405D5" w:rsidP="00687CE1" w:rsidRDefault="7B019DE9" w14:paraId="366BBF93" w14:textId="2DA499E5">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D6433">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">How do I </w:t>
       </w:r>
-      <w:r w:rsidR="2CF61EB7" w:rsidRPr="001D6433">
+      <w:r w:rsidRPr="001D6433" w:rsidR="2CF61EB7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">register for </w:t>
       </w:r>
       <w:r w:rsidRPr="001D6433">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>my modules</w:t>
       </w:r>
-      <w:r w:rsidR="38B36196" w:rsidRPr="001D6433">
+      <w:r w:rsidRPr="001D6433" w:rsidR="38B36196">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="444A4823" w14:textId="3555F195" w:rsidR="6CF46F50" w:rsidRDefault="6CF46F50" w:rsidP="6CF46F50">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w:rsidR="6CF46F50" w:rsidP="6CF46F50" w:rsidRDefault="6CF46F50" w14:paraId="444A4823" w14:textId="3555F195">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6CF46F50">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">You will register for your modules using </w:t>
       </w:r>
       <w:hyperlink r:id="rId10">
-        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="6CF46F50">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>MySIS</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidRPr="6CF46F50">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>. The Module Registration Task will become available to you after you have completed the Pre-Enrolment task.</w:t>
       </w:r>
       <w:r w:rsidRPr="6CF46F50">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Please log in and select the 'Module Registration' option. Your core or compulsory modules may have already been pre-selected for you and they cannot be changed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75076C77" w14:textId="08AB86AB" w:rsidR="14B5549A" w:rsidRPr="001D6433" w:rsidRDefault="4477C212" w:rsidP="1A6405D5">
+    <w:p w:rsidRPr="001D6433" w:rsidR="14B5549A" w:rsidP="1A6405D5" w:rsidRDefault="4477C212" w14:paraId="75076C77" w14:textId="08AB86AB">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D6433">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E9E3ECF" w14:textId="1116CB8D" w:rsidR="11E85001" w:rsidRPr="001D6433" w:rsidRDefault="2FE6EA64" w:rsidP="1A6405D5">
+    <w:p w:rsidRPr="001D6433" w:rsidR="11E85001" w:rsidP="1A6405D5" w:rsidRDefault="2FE6EA64" w14:paraId="7E9E3ECF" w14:textId="1116CB8D">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D6433">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
-      <w:r w:rsidR="527978D3" w:rsidRPr="001D6433">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001D6433" w:rsidR="527978D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>efore</w:t>
       </w:r>
-      <w:r w:rsidR="2F3DF5AB" w:rsidRPr="001D6433">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001D6433" w:rsidR="2F3DF5AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> you start making</w:t>
       </w:r>
-      <w:r w:rsidR="527978D3" w:rsidRPr="001D6433">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001D6433" w:rsidR="527978D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> module selections in </w:t>
+        <w:t xml:space="preserve"> module selections in MySIS</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001D6433" w:rsidR="30D476F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>MySIS</w:t>
+        <w:t xml:space="preserve"> please read the guidance below.</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001D6433" w:rsidR="690508D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> please read the guidance below.</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F5EC8CB" w14:textId="644DFB63" w:rsidR="7C21657A" w:rsidRPr="001D6433" w:rsidRDefault="7C21657A" w:rsidP="1A6405D5">
+    <w:p w:rsidRPr="001D6433" w:rsidR="7C21657A" w:rsidP="1A6405D5" w:rsidRDefault="7C21657A" w14:paraId="0F5EC8CB" w14:textId="644DFB63">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1BB1B3D4" w14:textId="3AF27C39" w:rsidR="1598B0C8" w:rsidRPr="001D6433" w:rsidRDefault="7D7DC7C1" w:rsidP="1A6405D5">
+    <w:p w:rsidRPr="001D6433" w:rsidR="1598B0C8" w:rsidP="1A6405D5" w:rsidRDefault="7D7DC7C1" w14:paraId="1BB1B3D4" w14:textId="3AF27C39">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D6433">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>When you come to select the elective modules that you want to take y</w:t>
       </w:r>
-      <w:r w:rsidR="44E0B047" w:rsidRPr="001D6433">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001D6433" w:rsidR="44E0B047">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ou will be able to </w:t>
       </w:r>
-      <w:r w:rsidR="152067CE" w:rsidRPr="001D6433">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001D6433" w:rsidR="152067CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>re</w:t>
       </w:r>
-      <w:r w:rsidR="44E0B047" w:rsidRPr="001D6433">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001D6433" w:rsidR="44E0B047">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">view the description of a module within </w:t>
+        <w:t>view the description of a module within MySIS by clicking on the module name</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001D6433" w:rsidR="1A8ADB52">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>MySIS</w:t>
+        <w:t>.</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:p>
+    <w:p w:rsidRPr="001D6433" w:rsidR="7C21657A" w:rsidP="1A6405D5" w:rsidRDefault="7C21657A" w14:paraId="6DAD67B2" w14:textId="1C7BE533">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> by clicking on the module name</w:t>
-[...10 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DAD67B2" w14:textId="1C7BE533" w:rsidR="7C21657A" w:rsidRPr="001D6433" w:rsidRDefault="7C21657A" w:rsidP="1A6405D5">
-[...11 lines deleted...]
-    <w:p w14:paraId="6DC3114D" w14:textId="0CD40CE8" w:rsidR="47813EDE" w:rsidRPr="001D6433" w:rsidRDefault="1D3BE0D1" w:rsidP="1A6405D5">
+    <w:p w:rsidRPr="001D6433" w:rsidR="47813EDE" w:rsidP="1A6405D5" w:rsidRDefault="1D3BE0D1" w14:paraId="6DC3114D" w14:textId="0CD40CE8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="2200"/>
           <w:tab w:val="left" w:pos="3300"/>
           <w:tab w:val="left" w:pos="4400"/>
           <w:tab w:val="left" w:pos="5500"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="left" w:pos="7700"/>
           <w:tab w:val="left" w:pos="8800"/>
         </w:tabs>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D6433">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidR="2CD7FE6E" w:rsidRPr="001D6433">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001D6433" w:rsidR="2CD7FE6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>t is not possible to submit or approve a partial module selection, so make sure you have selected modules from both Semesters</w:t>
       </w:r>
-      <w:r w:rsidR="11E5F073" w:rsidRPr="001D6433">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001D6433" w:rsidR="11E5F073">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A199DBE" w14:textId="6303E43D" w:rsidR="1A6405D5" w:rsidRPr="001D6433" w:rsidRDefault="1A6405D5" w:rsidP="1A6405D5">
+    <w:p w:rsidRPr="001D6433" w:rsidR="1A6405D5" w:rsidP="1A6405D5" w:rsidRDefault="1A6405D5" w14:paraId="5A199DBE" w14:textId="6303E43D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="2200"/>
           <w:tab w:val="left" w:pos="3300"/>
           <w:tab w:val="left" w:pos="4400"/>
           <w:tab w:val="left" w:pos="5500"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="left" w:pos="7700"/>
           <w:tab w:val="left" w:pos="8800"/>
         </w:tabs>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B22AB5A" w14:textId="6AE0A77E" w:rsidR="1876745E" w:rsidRPr="001D6433" w:rsidRDefault="1876745E" w:rsidP="1A6405D5">
+    <w:p w:rsidRPr="001D6433" w:rsidR="1876745E" w:rsidP="1A6405D5" w:rsidRDefault="1876745E" w14:paraId="1B22AB5A" w14:textId="6AE0A77E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="2200"/>
           <w:tab w:val="left" w:pos="3300"/>
           <w:tab w:val="left" w:pos="4400"/>
           <w:tab w:val="left" w:pos="5500"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="left" w:pos="7700"/>
           <w:tab w:val="left" w:pos="8800"/>
         </w:tabs>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0BFE2EC1">
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="0BFE2EC1" w:rsidR="1876745E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Please submit your selections </w:t>
+        <w:t xml:space="preserve">Please </w:t>
       </w:r>
-      <w:r w:rsidR="5E6CEF23" w:rsidRPr="0BFE2EC1">
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="0BFE2EC1" w:rsidR="1876745E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>submit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0BFE2EC1" w:rsidR="1876745E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> your selections </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0BFE2EC1" w:rsidR="5E6CEF23">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="0BFE2EC1">
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="0BFE2EC1" w:rsidR="1876745E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">n </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="0BFE2EC1" w:rsidR="1876745E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>MySIS</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...5 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="0BFE2EC1" w:rsidR="1876745E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> by</w:t>
       </w:r>
-      <w:r w:rsidR="00B63186" w:rsidRPr="0BFE2EC1">
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="0BFE2EC1" w:rsidR="00B63186">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="10AA52E9" w:rsidRPr="0BFE2EC1">
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="0BFE2EC1" w:rsidR="10AA52E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="41FE3149" w:rsidRPr="0BFE2EC1">
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="0BFE2EC1" w:rsidR="41FE3149">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidRPr="0BFE2EC1">
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="0BFE2EC1" w:rsidR="1876745E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>th September 202</w:t>
       </w:r>
-      <w:r w:rsidR="00FA39D5" w:rsidRPr="0BFE2EC1">
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="0BFE2EC1" w:rsidR="00FA39D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="00B63186" w:rsidRPr="0BFE2EC1">
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="0BFE2EC1" w:rsidR="00B63186">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69313A38" w14:textId="33510DB1" w:rsidR="1A6405D5" w:rsidRPr="001D6433" w:rsidRDefault="1A6405D5" w:rsidP="1A6405D5">
+    <w:p w:rsidRPr="001D6433" w:rsidR="1A6405D5" w:rsidP="1A6405D5" w:rsidRDefault="1A6405D5" w14:paraId="69313A38" w14:textId="33510DB1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="2200"/>
           <w:tab w:val="left" w:pos="3300"/>
           <w:tab w:val="left" w:pos="4400"/>
           <w:tab w:val="left" w:pos="5500"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="left" w:pos="7700"/>
           <w:tab w:val="left" w:pos="8800"/>
         </w:tabs>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="707694D2" w14:textId="5250A727" w:rsidR="7C21657A" w:rsidRPr="001D6433" w:rsidRDefault="218E3777" w:rsidP="1A6405D5">
+    <w:p w:rsidRPr="001D6433" w:rsidR="7C21657A" w:rsidP="1A6405D5" w:rsidRDefault="218E3777" w14:paraId="707694D2" w14:textId="5250A727">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="2200"/>
           <w:tab w:val="left" w:pos="3300"/>
           <w:tab w:val="left" w:pos="4400"/>
           <w:tab w:val="left" w:pos="5500"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="left" w:pos="7700"/>
           <w:tab w:val="left" w:pos="8800"/>
         </w:tabs>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D6433">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Your submission will be considered</w:t>
       </w:r>
-      <w:r w:rsidR="01D5C3B6" w:rsidRPr="001D6433">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001D6433" w:rsidR="01D5C3B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> after this date in the </w:t>
+        <w:t xml:space="preserve"> after this date in the School’s approval process</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001D6433">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>School’s</w:t>
+        <w:t xml:space="preserve"> and may not be confirmed until after the Induction Meeting</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001D6433" w:rsidR="18F7BC72">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> approval process</w:t>
+        <w:t xml:space="preserve">, where you will also be allocated an academic adviser who can </w:t>
       </w:r>
-      <w:r w:rsidRPr="001D6433">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001D6433" w:rsidR="2E06AC7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and may not be confirmed until after the Induction Meeting</w:t>
+        <w:t xml:space="preserve">offer further advice </w:t>
       </w:r>
-      <w:r w:rsidR="18F7BC72" w:rsidRPr="001D6433">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001D6433" w:rsidR="18F7BC72">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, where you will also be allocated an academic adviser who can </w:t>
+        <w:t xml:space="preserve">on your choice of </w:t>
       </w:r>
-      <w:r w:rsidR="2E06AC7F" w:rsidRPr="001D6433">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001D6433" w:rsidR="09745A0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">offer further advice </w:t>
+        <w:t>elective modules</w:t>
       </w:r>
-      <w:r w:rsidR="18F7BC72" w:rsidRPr="001D6433">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001D6433" w:rsidR="18F7BC72">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">on your choice of </w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68D72BCF" w14:textId="2CEF05FD" w:rsidR="7C21657A" w:rsidRPr="001D6433" w:rsidRDefault="7C21657A" w:rsidP="1A6405D5">
+    <w:p w:rsidRPr="001D6433" w:rsidR="7C21657A" w:rsidP="1A6405D5" w:rsidRDefault="7C21657A" w14:paraId="68D72BCF" w14:textId="2CEF05FD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="2200"/>
           <w:tab w:val="left" w:pos="3300"/>
           <w:tab w:val="left" w:pos="4400"/>
           <w:tab w:val="left" w:pos="5500"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="left" w:pos="7700"/>
           <w:tab w:val="left" w:pos="8800"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Source Sans Pro" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Source Sans Pro" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="292628F7" w14:textId="02D68FEF" w:rsidR="7C21657A" w:rsidRPr="001D6433" w:rsidRDefault="0E1C0F36" w:rsidP="1A6405D5">
+    <w:p w:rsidRPr="001D6433" w:rsidR="7C21657A" w:rsidP="1A6405D5" w:rsidRDefault="0E1C0F36" w14:paraId="292628F7" w14:textId="02D68FEF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="2200"/>
           <w:tab w:val="left" w:pos="3300"/>
           <w:tab w:val="left" w:pos="4400"/>
           <w:tab w:val="left" w:pos="5500"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="left" w:pos="7700"/>
           <w:tab w:val="left" w:pos="8800"/>
         </w:tabs>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D6433">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Some modules may become over or under subscribed, so you may be asked to change your selection at that time. You can request changes to approved modules within the first two weeks of </w:t>
       </w:r>
-      <w:r w:rsidR="6D0DCEDF" w:rsidRPr="001D6433">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001D6433" w:rsidR="6D0DCEDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="001D6433">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">emester </w:t>
       </w:r>
-      <w:r w:rsidR="491C25E1" w:rsidRPr="001D6433">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001D6433" w:rsidR="491C25E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidRPr="001D6433">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">using the </w:t>
       </w:r>
-      <w:r w:rsidR="07BF5856" w:rsidRPr="001D6433">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001D6433" w:rsidR="07BF5856">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">same </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> task.</w:t>
+        <w:t>same MySIS task.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="562DA4C0" w14:textId="0B5FA0FF" w:rsidR="1A6405D5" w:rsidRPr="001D6433" w:rsidRDefault="1A6405D5" w:rsidP="1A6405D5">
+    <w:p w:rsidRPr="001D6433" w:rsidR="1A6405D5" w:rsidP="1A6405D5" w:rsidRDefault="1A6405D5" w14:paraId="562DA4C0" w14:textId="0B5FA0FF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="2200"/>
           <w:tab w:val="left" w:pos="3300"/>
           <w:tab w:val="left" w:pos="4400"/>
           <w:tab w:val="left" w:pos="5500"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="left" w:pos="7700"/>
           <w:tab w:val="left" w:pos="8800"/>
         </w:tabs>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D55CA4E" w14:textId="4490FCD0" w:rsidR="716E78D7" w:rsidRPr="001D6433" w:rsidRDefault="716E78D7" w:rsidP="343FA3A8">
+    <w:p w:rsidRPr="001D6433" w:rsidR="716E78D7" w:rsidP="343FA3A8" w:rsidRDefault="716E78D7" w14:paraId="6D55CA4E" w14:textId="4490FCD0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="2200"/>
           <w:tab w:val="left" w:pos="3300"/>
           <w:tab w:val="left" w:pos="4400"/>
           <w:tab w:val="left" w:pos="5500"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="left" w:pos="7700"/>
           <w:tab w:val="left" w:pos="8800"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D6433">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">To make this process easier, we will ask you to provide us with some reserve modules. When you submit your main selection of modules, </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> will open a new screen for you to select your reserves. You will need to select the required number of reserve modules from each selection box to be able to complete the submission.</w:t>
+        <w:t>To make this process easier, we will ask you to provide us with some reserve modules. When you submit your main selection of modules, MySIS will open a new screen for you to select your reserves. You will need to select the required number of reserve modules from each selection box to be able to complete the submission.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04F8BADC" w14:textId="5C47A23B" w:rsidR="29CFFADD" w:rsidRPr="001D6433" w:rsidRDefault="29CFFADD" w:rsidP="29CFFADD">
+    <w:p w:rsidRPr="001D6433" w:rsidR="29CFFADD" w:rsidP="29CFFADD" w:rsidRDefault="29CFFADD" w14:paraId="04F8BADC" w14:textId="5C47A23B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="2200"/>
           <w:tab w:val="left" w:pos="3300"/>
           <w:tab w:val="left" w:pos="4400"/>
           <w:tab w:val="left" w:pos="5500"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="left" w:pos="7700"/>
           <w:tab w:val="left" w:pos="8800"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02DB484E" w14:textId="7CC1E027" w:rsidR="716E78D7" w:rsidRPr="001D6433" w:rsidRDefault="716E78D7" w:rsidP="29CFFADD">
+    <w:p w:rsidRPr="001D6433" w:rsidR="716E78D7" w:rsidP="29CFFADD" w:rsidRDefault="716E78D7" w14:paraId="02DB484E" w14:textId="7CC1E027">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="2200"/>
           <w:tab w:val="left" w:pos="3300"/>
           <w:tab w:val="left" w:pos="4400"/>
           <w:tab w:val="left" w:pos="5500"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="left" w:pos="7700"/>
           <w:tab w:val="left" w:pos="8800"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D6433">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Please consider your reserve modules carefully and ensure they are modules you would be happy to take. We will make every effort to allocate you to your first-choice modules, but this may not always be possible.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4630E236" w14:textId="214DB3EC" w:rsidR="29CFFADD" w:rsidRPr="001D6433" w:rsidRDefault="29CFFADD" w:rsidP="29CFFADD">
+    <w:p w:rsidRPr="001D6433" w:rsidR="29CFFADD" w:rsidP="29CFFADD" w:rsidRDefault="29CFFADD" w14:paraId="4630E236" w14:textId="214DB3EC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="2200"/>
           <w:tab w:val="left" w:pos="3300"/>
           <w:tab w:val="left" w:pos="4400"/>
           <w:tab w:val="left" w:pos="5500"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="left" w:pos="7700"/>
           <w:tab w:val="left" w:pos="8800"/>
         </w:tabs>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2ECD1EF5" w14:textId="0643833A" w:rsidR="5D2C6DEB" w:rsidRPr="001D6433" w:rsidRDefault="38993ABE" w:rsidP="1A6405D5">
+    <w:p w:rsidRPr="001D6433" w:rsidR="5D2C6DEB" w:rsidP="1A6405D5" w:rsidRDefault="38993ABE" w14:paraId="2ECD1EF5" w14:textId="0643833A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="2200"/>
           <w:tab w:val="left" w:pos="3300"/>
           <w:tab w:val="left" w:pos="4400"/>
           <w:tab w:val="left" w:pos="5500"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="left" w:pos="7700"/>
           <w:tab w:val="left" w:pos="8800"/>
         </w:tabs>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D6433">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Access to materials </w:t>
       </w:r>
-      <w:r w:rsidR="1EE8A912" w:rsidRPr="001D6433">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001D6433" w:rsidR="1EE8A912">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="001D6433">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>n QMplus (online learning environment) will be available within 24 hours of your module registration being approved.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C6D8532" w14:textId="19F1203A" w:rsidR="7C21657A" w:rsidRPr="001D6433" w:rsidRDefault="7C21657A" w:rsidP="1A6405D5">
-      <w:pPr>
+    <w:p w:rsidR="00476E9A" w:rsidP="3CD9AEAE" w:rsidRDefault="00476E9A" w14:paraId="39C758DC" w14:textId="1377F7D6">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="2200"/>
           <w:tab w:val="left" w:pos="3300"/>
           <w:tab w:val="left" w:pos="4400"/>
           <w:tab w:val="left" w:pos="5500"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="left" w:pos="7700"/>
           <w:tab w:val="left" w:pos="8800"/>
         </w:tabs>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6174EC97" w14:textId="24DE7D0F" w:rsidR="7C21657A" w:rsidRPr="001D6433" w:rsidRDefault="7C21657A" w:rsidP="1A6405D5">
-[...8 lines deleted...]
-    <w:p w14:paraId="39C758DC" w14:textId="77777777" w:rsidR="00476E9A" w:rsidRDefault="00476E9A" w:rsidP="1A6405D5">
+    <w:p w:rsidRPr="001D6433" w:rsidR="3F58680B" w:rsidP="1A6405D5" w:rsidRDefault="769BB7B2" w14:paraId="785B32A0" w14:textId="32C1397E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="2200"/>
           <w:tab w:val="left" w:pos="3300"/>
           <w:tab w:val="left" w:pos="4400"/>
           <w:tab w:val="left" w:pos="5500"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="left" w:pos="7700"/>
           <w:tab w:val="left" w:pos="8800"/>
         </w:tabs>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="001D6433">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Guidance on making your selections</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="785B32A0" w14:textId="32C1397E" w:rsidR="3F58680B" w:rsidRPr="001D6433" w:rsidRDefault="769BB7B2" w:rsidP="1A6405D5">
+    <w:p w:rsidRPr="001D6433" w:rsidR="1A6405D5" w:rsidP="1A6405D5" w:rsidRDefault="1A6405D5" w14:paraId="188F5956" w14:textId="0B5BDF26">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="001D6433" w:rsidR="79C36768" w:rsidP="1A6405D5" w:rsidRDefault="79F4DF44" w14:paraId="3DED7730" w14:textId="4A00A40F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D6433">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please view the list of modules for your </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D6433" w:rsidR="40B55C91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">programme </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D6433">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>on the following page</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D6433" w:rsidR="44F3F6C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> before </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D6433" w:rsidR="7F7512D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>making</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D6433" w:rsidR="44F3F6C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> your selections in MySIS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="001D6433" w:rsidR="7C21657A" w:rsidP="1A6405D5" w:rsidRDefault="7C21657A" w14:paraId="6F16AE6F" w14:textId="40B37B0B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="2200"/>
           <w:tab w:val="left" w:pos="3300"/>
           <w:tab w:val="left" w:pos="4400"/>
           <w:tab w:val="left" w:pos="5500"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="left" w:pos="7700"/>
           <w:tab w:val="left" w:pos="8800"/>
         </w:tabs>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3DED7730" w14:textId="4A00A40F" w:rsidR="79C36768" w:rsidRPr="001D6433" w:rsidRDefault="79F4DF44" w:rsidP="1A6405D5">
-[...114 lines deleted...]
-    <w:p w14:paraId="61530DFA" w14:textId="242ED222" w:rsidR="000A1115" w:rsidRPr="001D6433" w:rsidRDefault="740DF56F" w:rsidP="7C21657A">
+    <w:p w:rsidRPr="001D6433" w:rsidR="000A1115" w:rsidP="7C21657A" w:rsidRDefault="740DF56F" w14:paraId="61530DFA" w14:textId="242ED222">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D6433">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Module descriptions</w:t>
       </w:r>
       <w:r w:rsidRPr="001D6433">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> are available from the QMUL Module Directory at </w:t>
       </w:r>
       <w:hyperlink r:id="rId11">
         <w:r w:rsidRPr="001D6433">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>www.qmul.ac.uk/modules</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001D6433">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5601E94D" w14:textId="34D3B465" w:rsidR="000A1115" w:rsidRPr="001D6433" w:rsidRDefault="532B01F4" w:rsidP="1A6405D5">
+    <w:p w:rsidRPr="001D6433" w:rsidR="000A1115" w:rsidP="1A6405D5" w:rsidRDefault="532B01F4" w14:paraId="5601E94D" w14:textId="34D3B465">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6CF46F50">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Module timetables</w:t>
       </w:r>
       <w:r w:rsidRPr="6CF46F50">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="6CF46F50">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">are published from </w:t>
       </w:r>
       <w:r w:rsidR="00F41FC9">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00F41FC9" w:rsidRPr="00F41FC9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00F41FC9" w:rsidR="00F41FC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>st</w:t>
       </w:r>
       <w:r w:rsidR="00F41FC9">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> September 2025</w:t>
       </w:r>
       <w:r w:rsidRPr="6CF46F50">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> at </w:t>
       </w:r>
       <w:hyperlink r:id="rId12">
         <w:r w:rsidRPr="6CF46F50">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="none"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>timetables.qmul.ac.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="6CF46F50">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="568FD5FB" w14:textId="31AE43B0" w:rsidR="000A1115" w:rsidRPr="001D6433" w:rsidRDefault="000A1115" w:rsidP="7C21657A">
+    <w:p w:rsidRPr="001D6433" w:rsidR="000A1115" w:rsidP="7C21657A" w:rsidRDefault="000A1115" w14:paraId="568FD5FB" w14:textId="31AE43B0">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="2200"/>
           <w:tab w:val="left" w:pos="3300"/>
           <w:tab w:val="left" w:pos="4400"/>
           <w:tab w:val="left" w:pos="5500"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="left" w:pos="7700"/>
           <w:tab w:val="left" w:pos="8800"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1EA2E924" w14:textId="7D004D5E" w:rsidR="00570777" w:rsidRPr="001D6433" w:rsidRDefault="00570777" w:rsidP="336560DA">
+    <w:p w:rsidRPr="001D6433" w:rsidR="00570777" w:rsidP="336560DA" w:rsidRDefault="00570777" w14:paraId="1EA2E924" w14:textId="7D004D5E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9915" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
+          <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
+          <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="6570"/>
         <w:gridCol w:w="1350"/>
         <w:gridCol w:w="915"/>
       </w:tblGrid>
-      <w:tr w:rsidR="336560DA" w:rsidRPr="001D6433" w14:paraId="3411C5D1" w14:textId="77777777" w:rsidTr="2F48CA75">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="4425E7E6" w14:paraId="3411C5D1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9915" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1A2EB3F7" w14:textId="1AA15392" w:rsidR="336560DA" w:rsidRPr="001D6433" w:rsidRDefault="336560DA" w:rsidP="336560DA">
+          <w:p w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="336560DA" w14:paraId="1A2EB3F7" w14:textId="1AA15392">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6433">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">MA </w:t>
             </w:r>
             <w:r w:rsidR="00476E9A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Creative Arts and Media</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E468050" w14:textId="086CE6AA" w:rsidR="336560DA" w:rsidRPr="001D6433" w:rsidRDefault="00B63186" w:rsidP="336560DA">
+          <w:p w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="00B63186" w14:paraId="4E468050" w14:textId="086CE6AA">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r w:rsidR="006110B6">
               <w:rPr>
@@ -2348,2380 +2174,2471 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
             <w:r w:rsidR="006110B6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="336560DA" w:rsidRPr="001D6433" w14:paraId="2B9006E0" w14:textId="77777777" w:rsidTr="2F48CA75">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="4425E7E6" w14:paraId="2B9006E0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1259"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9915" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="08F3C1A8" w14:textId="1363D76D" w:rsidR="002D2F5D" w:rsidRDefault="00B63186" w:rsidP="00B63186">
+          <w:p w:rsidR="002D2F5D" w:rsidP="00B63186" w:rsidRDefault="00B63186" w14:paraId="08F3C1A8" w14:textId="1363D76D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6433">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Full-time students will take </w:t>
             </w:r>
             <w:r w:rsidR="00D24676">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
             <w:r w:rsidR="001E4C6D">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>wo</w:t>
             </w:r>
             <w:r w:rsidR="006449BA">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001E4C6D">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>compulsory</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6433">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> modules (</w:t>
             </w:r>
             <w:r w:rsidR="001E4C6D">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6433">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> credits in total)</w:t>
             </w:r>
             <w:r w:rsidR="002D2F5D">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="002D2F5D" w:rsidRPr="001D6433">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001D6433" w:rsidR="002D2F5D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>as shown on the list below</w:t>
             </w:r>
             <w:r w:rsidR="002D2F5D">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2DABEC83" w14:textId="3EA7B43F" w:rsidR="00D24676" w:rsidRDefault="00D24676" w:rsidP="00B63186">
+          <w:p w:rsidR="00D24676" w:rsidP="00B63186" w:rsidRDefault="00D24676" w14:paraId="2DABEC83" w14:textId="3EA7B43F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="3CD9AEAE" w:rsidR="00D24676">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">You will then need to choose </w:t>
             </w:r>
-            <w:r w:rsidR="001E4C6D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="3CD9AEAE" w:rsidR="001E4C6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">a minimum of </w:t>
             </w:r>
-            <w:r w:rsidR="00861080">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="3CD9AEAE" w:rsidR="00861080">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">30 credits </w:t>
             </w:r>
-            <w:r w:rsidR="001E4C6D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="3CD9AEAE" w:rsidR="001E4C6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>by selecting EITHER ESH7110 or STA7004</w:t>
+              <w:t xml:space="preserve">by selecting </w:t>
             </w:r>
-            <w:r w:rsidR="007E722E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="3CD9AEAE" w:rsidR="001E4C6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (you can choose to take </w:t>
+              <w:t>EITHER</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="3CD9AEAE" w:rsidR="001E4C6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>both of these</w:t>
+              <w:t xml:space="preserve"> ESH7110 or STA7004</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="3CD9AEAE" w:rsidR="007E722E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> modules to complete your module registration</w:t>
+              <w:t xml:space="preserve"> (you can choose to take </w:t>
             </w:r>
-            <w:r w:rsidR="001E4C6D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="3CD9AEAE" w:rsidR="007E722E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>both of these</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3CD9AEAE" w:rsidR="007E722E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> modules to complete your module registration</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3CD9AEAE" w:rsidR="001E4C6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="02ED0C01" w14:textId="07DA0DF0" w:rsidR="001E4C6D" w:rsidRDefault="001E4C6D" w:rsidP="00B63186">
+          <w:p w:rsidR="001E4C6D" w:rsidP="00B63186" w:rsidRDefault="001E4C6D" w14:paraId="02ED0C01" w14:textId="07DA0DF0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="26182C64" w:rsidR="001E4C6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>You will then need to choose 30 credits of compulsory elective modules. You can either choose the option you did not select from EITHER STA7004 or ESH7110 or 30 credits from modules shown as ‘optional’.</w:t>
+              <w:t xml:space="preserve">You will then need to choose 30 credits </w:t>
+            </w:r>
+            <w:r w:rsidRPr="26182C64" w:rsidR="001E4C6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="26182C64" w:rsidR="001E4C6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> compulsory elective modules. You can either choose the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="26182C64" w:rsidR="001E4C6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>option</w:t>
+            </w:r>
+            <w:r w:rsidRPr="26182C64" w:rsidR="001E4C6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> you did not select from </w:t>
+            </w:r>
+            <w:r w:rsidRPr="26182C64" w:rsidR="001E4C6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>EITHER</w:t>
+            </w:r>
+            <w:r w:rsidRPr="26182C64" w:rsidR="001E4C6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> STA7004 or ESH7110 or 30 credits from modules shown as ‘optional’.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6FE2918E" w14:textId="0A38334E" w:rsidR="00B63186" w:rsidRPr="006449BA" w:rsidRDefault="002D2F5D" w:rsidP="006449BA">
+          <w:p w:rsidRPr="006449BA" w:rsidR="00B63186" w:rsidP="006449BA" w:rsidRDefault="002D2F5D" w14:paraId="6FE2918E" w14:textId="0A38334E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="31097D15">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">You will </w:t>
             </w:r>
             <w:r w:rsidR="006449BA">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>take</w:t>
             </w:r>
             <w:r w:rsidRPr="31097D15">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006449BA">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
-            <w:r w:rsidR="00B63186" w:rsidRPr="31097D15">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="31097D15" w:rsidR="00B63186">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 60-credit supervised project</w:t>
             </w:r>
-            <w:r w:rsidR="00B63186" w:rsidRPr="31097D15">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="31097D15" w:rsidR="00B63186">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="31097D15">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>from the module marked as Core below.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="336560DA" w:rsidRPr="001D6433" w14:paraId="76C9D753" w14:textId="77777777" w:rsidTr="2F48CA75">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="4425E7E6" w14:paraId="76C9D753" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7650" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2B7ECE57" w14:textId="77777777" w:rsidR="336560DA" w:rsidRPr="001D6433" w:rsidRDefault="336560DA" w:rsidP="336560DA">
+          <w:p w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="336560DA" w14:paraId="2B7ECE57" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6433">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>SEMESTER 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="67B7C94F" w14:textId="77777777" w:rsidR="336560DA" w:rsidRPr="001D6433" w:rsidRDefault="336560DA" w:rsidP="336560DA">
+          <w:p w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="336560DA" w14:paraId="67B7C94F" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6433">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Selection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="915" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="24B09F22" w14:textId="77777777" w:rsidR="336560DA" w:rsidRPr="001D6433" w:rsidRDefault="336560DA" w:rsidP="336560DA">
+          <w:p w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="336560DA" w14:paraId="24B09F22" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6433">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="336560DA" w:rsidRPr="001D6433" w14:paraId="300656D7" w14:textId="77777777" w:rsidTr="2F48CA75">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="4425E7E6" w14:paraId="300656D7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="028039F1" w14:textId="66157F0F" w:rsidR="336560DA" w:rsidRPr="007E722E" w:rsidRDefault="007E722E" w:rsidP="336560DA">
+          <w:p w:rsidRPr="007E722E" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="007E722E" w14:paraId="028039F1" w14:textId="66157F0F">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E722E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>STA7005</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6570" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="7588EEFA" w14:textId="22D2F878" w:rsidR="336560DA" w:rsidRPr="007E722E" w:rsidRDefault="007E722E" w:rsidP="7C21657A">
+          <w:p w:rsidRPr="007E722E" w:rsidR="336560DA" w:rsidP="7C21657A" w:rsidRDefault="007E722E" w14:paraId="7588EEFA" w14:textId="22D2F878">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E722E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Making Media</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="527BD8BE" w14:textId="139871D3" w:rsidR="336560DA" w:rsidRPr="007E722E" w:rsidRDefault="00861080" w:rsidP="336560DA">
+          <w:p w:rsidRPr="007E722E" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="00861080" w14:paraId="527BD8BE" w14:textId="139871D3">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E722E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Compulsory</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="915" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5ED019A8" w14:textId="4B69C72D" w:rsidR="336560DA" w:rsidRPr="007E722E" w:rsidRDefault="00861080" w:rsidP="336560DA">
+          <w:p w:rsidRPr="007E722E" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="00861080" w14:paraId="5ED019A8" w14:textId="4B69C72D">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E722E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B63186" w:rsidRPr="001D6433" w14:paraId="47863319" w14:textId="77777777" w:rsidTr="2F48CA75">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="00B63186" w:rsidTr="4425E7E6" w14:paraId="47863319" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="51CC6E04" w14:textId="78861D53" w:rsidR="00B63186" w:rsidRPr="007E722E" w:rsidRDefault="007E722E" w:rsidP="00873076">
+          <w:p w:rsidRPr="007E722E" w:rsidR="00B63186" w:rsidP="00873076" w:rsidRDefault="007E722E" w14:paraId="51CC6E04" w14:textId="78861D53">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E722E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>FLM7010</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6570" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="2AA56F96" w14:textId="578D30F6" w:rsidR="00B63186" w:rsidRPr="007E722E" w:rsidRDefault="007E722E" w:rsidP="00873076">
+          <w:p w:rsidRPr="007E722E" w:rsidR="00B63186" w:rsidP="00873076" w:rsidRDefault="007E722E" w14:paraId="2AA56F96" w14:textId="578D30F6">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E722E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Creative Producing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="27B6A90E" w14:textId="01AF21B2" w:rsidR="00B63186" w:rsidRPr="007E722E" w:rsidRDefault="00861080" w:rsidP="00873076">
+          <w:p w:rsidRPr="007E722E" w:rsidR="00B63186" w:rsidP="00873076" w:rsidRDefault="00861080" w14:paraId="27B6A90E" w14:textId="01AF21B2">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E722E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Compulsory</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="915" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="25805694" w14:textId="0EBA3188" w:rsidR="00B63186" w:rsidRPr="007E722E" w:rsidRDefault="00861080" w:rsidP="00873076">
+          <w:p w:rsidRPr="007E722E" w:rsidR="00B63186" w:rsidP="00873076" w:rsidRDefault="00861080" w14:paraId="25805694" w14:textId="0EBA3188">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E722E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="336560DA" w:rsidRPr="001D6433" w14:paraId="137E331C" w14:textId="77777777" w:rsidTr="2F48CA75">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="4425E7E6" w14:paraId="137E331C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7650" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4945A067" w14:textId="77777777" w:rsidR="336560DA" w:rsidRPr="001D6433" w:rsidRDefault="336560DA" w:rsidP="336560DA">
+          <w:p w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="336560DA" w14:paraId="4945A067" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6433">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>SEMESTER 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6E2CAD4B" w14:textId="77777777" w:rsidR="336560DA" w:rsidRPr="001D6433" w:rsidRDefault="336560DA" w:rsidP="336560DA">
+          <w:p w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="336560DA" w14:paraId="6E2CAD4B" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6433">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Selection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="915" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5AB046A7" w14:textId="77777777" w:rsidR="336560DA" w:rsidRPr="001D6433" w:rsidRDefault="336560DA" w:rsidP="336560DA">
+          <w:p w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="336560DA" w14:paraId="5AB046A7" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6433">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="336560DA" w:rsidRPr="001D6433" w14:paraId="4BA41338" w14:textId="77777777" w:rsidTr="2F48CA75">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="4425E7E6" w14:paraId="4BA41338" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1C9FBB3C" w14:textId="2DADBA3F" w:rsidR="336560DA" w:rsidRPr="00DA54B3" w:rsidRDefault="007E722E" w:rsidP="7C21657A">
+          <w:p w:rsidRPr="00DA54B3" w:rsidR="336560DA" w:rsidP="7C21657A" w:rsidRDefault="007E722E" w14:paraId="1C9FBB3C" w14:textId="2DADBA3F">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>ESH7110</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6570" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="48E62E59" w14:textId="057158F7" w:rsidR="336560DA" w:rsidRPr="00DA54B3" w:rsidRDefault="007E722E" w:rsidP="7C21657A">
+          <w:p w:rsidRPr="00DA54B3" w:rsidR="336560DA" w:rsidP="7C21657A" w:rsidRDefault="007E722E" w14:paraId="48E62E59" w14:textId="057158F7">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Collaborative Practices</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="68343CE4" w14:textId="57EA8ADC" w:rsidR="336560DA" w:rsidRPr="00DA54B3" w:rsidRDefault="007E722E" w:rsidP="336560DA">
+          <w:p w:rsidRPr="00DA54B3" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="007E722E" w14:paraId="68343CE4" w14:textId="57EA8ADC">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Compulsory Elective</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="915" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="598DA8B3" w14:textId="6F783381" w:rsidR="336560DA" w:rsidRPr="00DA54B3" w:rsidRDefault="007E722E" w:rsidP="336560DA">
+          <w:p w:rsidRPr="00DA54B3" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="007E722E" w14:paraId="598DA8B3" w14:textId="6F783381">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B63186" w:rsidRPr="001D6433" w14:paraId="71980AF7" w14:textId="77777777" w:rsidTr="2F48CA75">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="00B63186" w:rsidTr="4425E7E6" w14:paraId="71980AF7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3F675EE6" w14:textId="394FF595" w:rsidR="00B63186" w:rsidRPr="007E722E" w:rsidRDefault="007E722E" w:rsidP="00D26462">
+          <w:p w:rsidRPr="007E722E" w:rsidR="00B63186" w:rsidP="00D26462" w:rsidRDefault="007E722E" w14:paraId="3F675EE6" w14:textId="394FF595">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E722E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>STA7004</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6570" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="7BB07E49" w14:textId="27DDA01E" w:rsidR="00B63186" w:rsidRPr="007E722E" w:rsidRDefault="007E722E" w:rsidP="00D26462">
+          <w:p w:rsidRPr="007E722E" w:rsidR="00B63186" w:rsidP="00D26462" w:rsidRDefault="007E722E" w14:paraId="7BB07E49" w14:textId="27DDA01E">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E722E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Writing for Production</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3CE9A377" w14:textId="44B58C75" w:rsidR="00B63186" w:rsidRPr="007E722E" w:rsidRDefault="007E722E" w:rsidP="00D26462">
+          <w:p w:rsidRPr="007E722E" w:rsidR="00B63186" w:rsidP="00D26462" w:rsidRDefault="007E722E" w14:paraId="3CE9A377" w14:textId="44B58C75">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E722E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Compulsory Elective</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="915" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6A30EA43" w14:textId="640CE4DE" w:rsidR="00B63186" w:rsidRPr="007E722E" w:rsidRDefault="007E722E" w:rsidP="00D26462">
+          <w:p w:rsidRPr="007E722E" w:rsidR="00B63186" w:rsidP="00D26462" w:rsidRDefault="007E722E" w14:paraId="6A30EA43" w14:textId="640CE4DE">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E722E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="2F48CA75" w14:paraId="389799E9" w14:textId="77777777" w:rsidTr="2F48CA75">
+      <w:tr w:rsidR="2F48CA75" w:rsidTr="4425E7E6" w14:paraId="389799E9">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2556A700" w14:textId="1A5CDDDC" w:rsidR="47DFD388" w:rsidRDefault="47DFD388" w:rsidP="2F48CA75">
+          <w:p w:rsidR="47DFD388" w:rsidP="2F48CA75" w:rsidRDefault="47DFD388" w14:paraId="2556A700" w14:textId="1A5CDDDC">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2F48CA75">
+            <w:r w:rsidRPr="2F48CA75" w:rsidR="47DFD388">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
               <w:t>DRA7013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6570" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="59284020" w14:textId="45C673F1" w:rsidR="47DFD388" w:rsidRDefault="47DFD388" w:rsidP="2F48CA75">
+          <w:p w:rsidR="47DFD388" w:rsidP="2F48CA75" w:rsidRDefault="47DFD388" w14:paraId="59284020" w14:textId="45C673F1">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2F48CA75">
+            <w:r w:rsidRPr="2F48CA75" w:rsidR="47DFD388">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
               <w:t>Performance, Activism, Social Justice</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3D290DDD" w14:textId="675F8946" w:rsidR="47DFD388" w:rsidRDefault="47DFD388" w:rsidP="2F48CA75">
+          <w:p w:rsidR="47DFD388" w:rsidP="2F48CA75" w:rsidRDefault="47DFD388" w14:paraId="3D290DDD" w14:textId="675F8946">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2F48CA75">
+            <w:r w:rsidRPr="2F48CA75" w:rsidR="47DFD388">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
               <w:t>Optional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="915" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="08E82428" w14:textId="564FDC0D" w:rsidR="47DFD388" w:rsidRDefault="47DFD388" w:rsidP="2F48CA75">
+          <w:p w:rsidR="47DFD388" w:rsidP="2F48CA75" w:rsidRDefault="47DFD388" w14:paraId="08E82428" w14:textId="564FDC0D">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2F48CA75">
+            <w:r w:rsidRPr="2F48CA75" w:rsidR="47DFD388">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="2F48CA75" w14:paraId="62221AAE" w14:textId="77777777" w:rsidTr="2F48CA75">
+      <w:tr w:rsidR="2F48CA75" w:rsidTr="4425E7E6" w14:paraId="62221AAE">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0940E377" w14:textId="22041F21" w:rsidR="47DFD388" w:rsidRDefault="47DFD388" w:rsidP="2F48CA75">
+          <w:p w:rsidR="47DFD388" w:rsidP="2F48CA75" w:rsidRDefault="47DFD388" w14:paraId="0940E377" w14:textId="22041F21">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2F48CA75">
+            <w:r w:rsidRPr="2F48CA75" w:rsidR="47DFD388">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
               <w:t>DRA7014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6570" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="7C13F16C" w14:textId="0D87773E" w:rsidR="47DFD388" w:rsidRDefault="47DFD388" w:rsidP="2F48CA75">
+          <w:p w:rsidR="47DFD388" w:rsidP="2F48CA75" w:rsidRDefault="47DFD388" w14:paraId="7C13F16C" w14:textId="0D87773E">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2F48CA75">
+            <w:r w:rsidRPr="2F48CA75" w:rsidR="47DFD388">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
               <w:t>Text, Self, Performance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="00674A65" w14:textId="06ED4AF4" w:rsidR="47DFD388" w:rsidRDefault="47DFD388" w:rsidP="2F48CA75">
+          <w:p w:rsidR="47DFD388" w:rsidP="2F48CA75" w:rsidRDefault="47DFD388" w14:paraId="00674A65" w14:textId="06ED4AF4">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2F48CA75">
+            <w:r w:rsidRPr="2F48CA75" w:rsidR="47DFD388">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
               <w:t>Optional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="915" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="14A05364" w14:textId="76A42F35" w:rsidR="47DFD388" w:rsidRDefault="47DFD388" w:rsidP="2F48CA75">
+          <w:p w:rsidR="47DFD388" w:rsidP="2F48CA75" w:rsidRDefault="47DFD388" w14:paraId="14A05364" w14:textId="76A42F35">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2F48CA75">
+            <w:r w:rsidRPr="2F48CA75" w:rsidR="47DFD388">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="2F48CA75" w14:paraId="2E1533E5" w14:textId="77777777" w:rsidTr="2F48CA75">
+      <w:tr w:rsidR="2F48CA75" w:rsidTr="4425E7E6" w14:paraId="2E1533E5">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="337265CD" w14:textId="1B749D34" w:rsidR="47DFD388" w:rsidRDefault="47DFD388" w:rsidP="2F48CA75">
+          <w:p w:rsidR="47DFD388" w:rsidP="2F48CA75" w:rsidRDefault="47DFD388" w14:paraId="337265CD" w14:textId="1B749D34">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2F48CA75">
+            <w:r w:rsidRPr="2F48CA75" w:rsidR="47DFD388">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
               <w:t>ESH7078</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6570" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="77D4C6B0" w14:textId="3F2B8D59" w:rsidR="47DFD388" w:rsidRDefault="47DFD388" w:rsidP="2F48CA75">
+          <w:p w:rsidR="47DFD388" w:rsidP="2F48CA75" w:rsidRDefault="47DFD388" w14:paraId="77D4C6B0" w14:textId="3F2B8D59">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2F48CA75">
+            <w:r w:rsidRPr="2F48CA75" w:rsidR="47DFD388">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
               <w:t>Curating London</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7AB9899F" w14:textId="4DF20057" w:rsidR="47DFD388" w:rsidRDefault="47DFD388" w:rsidP="2F48CA75">
+          <w:p w:rsidR="47DFD388" w:rsidP="2F48CA75" w:rsidRDefault="47DFD388" w14:paraId="7AB9899F" w14:textId="4DF20057">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2F48CA75">
+            <w:r w:rsidRPr="2F48CA75" w:rsidR="47DFD388">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
               <w:t>Optional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="915" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="167A6BDB" w14:textId="633D23A9" w:rsidR="47DFD388" w:rsidRDefault="47DFD388" w:rsidP="2F48CA75">
+          <w:p w:rsidR="47DFD388" w:rsidP="2F48CA75" w:rsidRDefault="47DFD388" w14:paraId="167A6BDB" w14:textId="633D23A9">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2F48CA75">
+            <w:r w:rsidRPr="2F48CA75" w:rsidR="47DFD388">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="2F48CA75" w14:paraId="1B1D1A4E" w14:textId="77777777" w:rsidTr="2F48CA75">
+      <w:tr w:rsidR="2F48CA75" w:rsidTr="4425E7E6" w14:paraId="1B1D1A4E">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2D9682DA" w14:textId="47C24FC5" w:rsidR="47DFD388" w:rsidRDefault="47DFD388" w:rsidP="2F48CA75">
+          <w:p w:rsidR="47DFD388" w:rsidP="2F48CA75" w:rsidRDefault="47DFD388" w14:paraId="2D9682DA" w14:textId="47C24FC5">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2F48CA75">
+            <w:r w:rsidRPr="2F48CA75" w:rsidR="47DFD388">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
               <w:t>FLM7216</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6570" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="23B02E2B" w14:textId="69F92184" w:rsidR="47DFD388" w:rsidRDefault="47DFD388" w:rsidP="2F48CA75">
+          <w:p w:rsidR="47DFD388" w:rsidP="2F48CA75" w:rsidRDefault="47DFD388" w14:paraId="23B02E2B" w14:textId="69F92184">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2F48CA75">
+            <w:r w:rsidRPr="2F48CA75" w:rsidR="47DFD388">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
               <w:t>Creative Documentary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2427DD63" w14:textId="7977B8B2" w:rsidR="47DFD388" w:rsidRDefault="47DFD388" w:rsidP="2F48CA75">
+          <w:p w:rsidR="47DFD388" w:rsidP="2F48CA75" w:rsidRDefault="47DFD388" w14:paraId="2427DD63" w14:textId="7977B8B2">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2F48CA75">
+            <w:r w:rsidRPr="2F48CA75" w:rsidR="47DFD388">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
               <w:t>Optional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="915" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3C95E2C9" w14:textId="2388DAFA" w:rsidR="47DFD388" w:rsidRDefault="47DFD388" w:rsidP="2F48CA75">
+          <w:p w:rsidR="47DFD388" w:rsidP="2F48CA75" w:rsidRDefault="47DFD388" w14:paraId="3C95E2C9" w14:textId="2388DAFA">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2F48CA75">
+            <w:r w:rsidRPr="2F48CA75" w:rsidR="47DFD388">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="2F48CA75" w14:paraId="4D654B58" w14:textId="77777777" w:rsidTr="2F48CA75">
+      <w:tr w:rsidR="2F48CA75" w:rsidTr="4425E7E6" w14:paraId="4D654B58">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4B3E8D94" w14:textId="73BDD130" w:rsidR="47DFD388" w:rsidRDefault="47DFD388" w:rsidP="2F48CA75">
+          <w:p w:rsidR="47DFD388" w:rsidP="2F48CA75" w:rsidRDefault="47DFD388" w14:paraId="4B3E8D94" w14:textId="73BDD130">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2F48CA75">
+            <w:r w:rsidRPr="2F48CA75" w:rsidR="47DFD388">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
               <w:t>FLM7217</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6570" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="18A61D5B" w14:textId="16DE7131" w:rsidR="47DFD388" w:rsidRDefault="47DFD388" w:rsidP="2F48CA75">
+          <w:p w:rsidR="47DFD388" w:rsidP="2F48CA75" w:rsidRDefault="47DFD388" w14:paraId="18A61D5B" w14:textId="16DE7131">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2F48CA75">
+            <w:r w:rsidRPr="2F48CA75" w:rsidR="47DFD388">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
               <w:t>Short Film Production</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="684AA192" w14:textId="5B564A61" w:rsidR="47DFD388" w:rsidRDefault="47DFD388" w:rsidP="2F48CA75">
+          <w:p w:rsidR="47DFD388" w:rsidP="2F48CA75" w:rsidRDefault="47DFD388" w14:paraId="684AA192" w14:textId="5B564A61">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2F48CA75">
+            <w:r w:rsidRPr="2F48CA75" w:rsidR="47DFD388">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
               <w:t>Optional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="915" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4A8959F3" w14:textId="39C5BB6A" w:rsidR="47DFD388" w:rsidRDefault="47DFD388" w:rsidP="2F48CA75">
+          <w:p w:rsidR="47DFD388" w:rsidP="2F48CA75" w:rsidRDefault="47DFD388" w14:paraId="4A8959F3" w14:textId="39C5BB6A">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2F48CA75">
+            <w:r w:rsidRPr="2F48CA75" w:rsidR="47DFD388">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00617902" w:rsidRPr="001D6433" w14:paraId="11440BF6" w14:textId="77777777" w:rsidTr="2F48CA75">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="00617902" w:rsidTr="4425E7E6" w14:paraId="11440BF6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7650" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1D1D8C55" w14:textId="6124523B" w:rsidR="00617902" w:rsidRPr="001D6433" w:rsidRDefault="00617902" w:rsidP="00617902">
+          <w:p w:rsidRPr="001D6433" w:rsidR="00617902" w:rsidP="00617902" w:rsidRDefault="00617902" w14:paraId="1D1D8C55" w14:textId="6124523B">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="31097D15">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>SUPERVISED PROJECT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1940E169" w14:textId="262B3A6D" w:rsidR="00617902" w:rsidRPr="001D6433" w:rsidRDefault="00617902" w:rsidP="00617902">
+          <w:p w:rsidRPr="001D6433" w:rsidR="00617902" w:rsidP="00617902" w:rsidRDefault="00617902" w14:paraId="1940E169" w14:textId="262B3A6D">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6433">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Selection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="915" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6724302A" w14:textId="0E827926" w:rsidR="00617902" w:rsidRPr="001D6433" w:rsidRDefault="00617902" w:rsidP="00617902">
+          <w:p w:rsidRPr="001D6433" w:rsidR="00617902" w:rsidP="00617902" w:rsidRDefault="00617902" w14:paraId="6724302A" w14:textId="0E827926">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6433">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00617902" w:rsidRPr="001D6433" w14:paraId="72DAB9E0" w14:textId="77777777" w:rsidTr="2F48CA75">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="00617902" w:rsidTr="4425E7E6" w14:paraId="72DAB9E0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4D5579BE" w14:textId="2CB265BA" w:rsidR="00617902" w:rsidRPr="00DA54B3" w:rsidRDefault="000E501B" w:rsidP="00617902">
+          <w:p w:rsidRPr="00DA54B3" w:rsidR="00617902" w:rsidP="00617902" w:rsidRDefault="000E501B" w14:paraId="4D5579BE" w14:textId="2CB265BA">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>STA7006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6570" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="4012EFA1" w14:textId="7F2E0E01" w:rsidR="00617902" w:rsidRPr="00DA54B3" w:rsidRDefault="000E501B" w:rsidP="00617902">
+          <w:p w:rsidRPr="00DA54B3" w:rsidR="00617902" w:rsidP="00617902" w:rsidRDefault="000E501B" w14:paraId="4012EFA1" w14:textId="7F2E0E01">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Content Creation for Creative Industries Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="40330A3B" w14:textId="74CE9151" w:rsidR="00617902" w:rsidRPr="00DA54B3" w:rsidRDefault="00617902" w:rsidP="00617902">
+          <w:p w:rsidRPr="00DA54B3" w:rsidR="00617902" w:rsidP="00617902" w:rsidRDefault="00617902" w14:paraId="40330A3B" w14:textId="74CE9151">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA54B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Core</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="915" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0F72A631" w14:textId="029EDFE9" w:rsidR="00617902" w:rsidRPr="00DA54B3" w:rsidRDefault="00617902" w:rsidP="00617902">
+          <w:p w:rsidRPr="00DA54B3" w:rsidR="00617902" w:rsidP="00617902" w:rsidRDefault="00617902" w14:paraId="0F72A631" w14:textId="029EDFE9">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA54B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00617902" w:rsidRPr="001D6433" w14:paraId="044C4E5A" w14:textId="77777777" w:rsidTr="2F48CA75">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="00617902" w:rsidTr="4425E7E6" w14:paraId="044C4E5A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9915" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1699E3DB" w14:textId="43665E21" w:rsidR="00617902" w:rsidRPr="001D6433" w:rsidRDefault="00617902" w:rsidP="00617902">
+          <w:p w:rsidRPr="001D6433" w:rsidR="00617902" w:rsidP="00617902" w:rsidRDefault="00617902" w14:paraId="1699E3DB" w14:textId="43665E21">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6433">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">Please submit your selections using the Module Registration Task </w:t>
             </w:r>
             <w:r w:rsidRPr="001D6433">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">in </w:t>
             </w:r>
             <w:hyperlink r:id="rId13">
-              <w:proofErr w:type="spellStart"/>
               <w:r w:rsidRPr="001D6433">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:t>M</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:t>y</w:t>
               </w:r>
               <w:r w:rsidRPr="001D6433">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:t>SIS</w:t>
               </w:r>
-              <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
             <w:r w:rsidRPr="001D6433">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> by</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6433">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3A59B5F9" w14:textId="1B646F0A" w:rsidR="00617902" w:rsidRPr="001D6433" w:rsidRDefault="00617902" w:rsidP="00617902">
+          <w:p w:rsidRPr="001D6433" w:rsidR="00617902" w:rsidP="00617902" w:rsidRDefault="00617902" w14:paraId="3A59B5F9" w14:textId="1B646F0A">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0BFE2EC1">
-[...4 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="0BFE2EC1" w:rsidR="00617902">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="547FB356" w:rsidRPr="0BFE2EC1">
-[...4 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="0BFE2EC1" w:rsidR="547FB356">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidRPr="0BFE2EC1">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> September 2025</w:t>
+            <w:r w:rsidRPr="0BFE2EC1" w:rsidR="00617902">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> September 202</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0BFE2EC1" w:rsidR="00617902">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7A105777" w14:textId="5CA4D423" w:rsidR="00570777" w:rsidRPr="001D6433" w:rsidRDefault="00570777" w:rsidP="336560DA">
+    <w:p w:rsidRPr="001D6433" w:rsidR="00570777" w:rsidP="336560DA" w:rsidRDefault="00570777" w14:paraId="7A105777" w14:textId="5CA4D423">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="399685E3" w14:textId="6245DB5F" w:rsidR="00570777" w:rsidRPr="001D6433" w:rsidRDefault="00570777" w:rsidP="336560DA">
+    <w:p w:rsidRPr="001D6433" w:rsidR="00570777" w:rsidP="336560DA" w:rsidRDefault="00570777" w14:paraId="399685E3" w14:textId="6245DB5F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00570777" w:rsidRPr="001D6433" w:rsidSect="00570777">
+    <w:sectPr w:rsidRPr="001D6433" w:rsidR="00570777" w:rsidSect="00570777">
       <w:headerReference w:type="default" r:id="rId14"/>
       <w:footerReference w:type="default" r:id="rId15"/>
-      <w:pgSz w:w="11880" w:h="16800"/>
+      <w:pgSz w:w="11880" w:h="16800" w:orient="portrait"/>
       <w:pgMar w:top="850" w:right="850" w:bottom="567" w:left="1009" w:header="357" w:footer="357" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2DC46C5A" w14:textId="77777777" w:rsidR="00FD5E89" w:rsidRDefault="00FD5E89">
+    <w:p w:rsidR="0048500B" w:rsidRDefault="0048500B" w14:paraId="2FDECE90" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="62ECE921" w14:textId="77777777" w:rsidR="00FD5E89" w:rsidRDefault="00FD5E89">
+    <w:p w:rsidR="0048500B" w:rsidRDefault="0048500B" w14:paraId="5581A549" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="03E9575C" w14:textId="77777777" w:rsidR="00FD5E89" w:rsidRDefault="00FD5E89"/>
+    <w:p w:rsidR="0048500B" w:rsidRDefault="0048500B" w14:paraId="6DE97A84" w14:textId="77777777"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -4773,1204 +4690,1204 @@
     <w:sig w:usb0="E00002FF" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Source Sans Pro">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="600002F7" w:usb1="02000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3285"/>
       <w:gridCol w:w="3285"/>
       <w:gridCol w:w="3285"/>
     </w:tblGrid>
-    <w:tr w:rsidR="336560DA" w14:paraId="61293D51" w14:textId="77777777" w:rsidTr="336560DA">
+    <w:tr w:rsidR="336560DA" w:rsidTr="336560DA" w14:paraId="61293D51" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3285" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="7A935DAA" w14:textId="00C64746" w:rsidR="336560DA" w:rsidRDefault="336560DA" w:rsidP="336560DA">
+        <w:p w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="336560DA" w14:paraId="7A935DAA" w14:textId="00C64746">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:left="-115"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3285" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="1318716C" w14:textId="3B8A0AB7" w:rsidR="336560DA" w:rsidRDefault="336560DA" w:rsidP="336560DA">
+        <w:p w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="336560DA" w14:paraId="1318716C" w14:textId="3B8A0AB7">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:jc w:val="center"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3285" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="79FEF95D" w14:textId="5C47E01A" w:rsidR="336560DA" w:rsidRDefault="336560DA" w:rsidP="336560DA">
+        <w:p w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="336560DA" w14:paraId="79FEF95D" w14:textId="5C47E01A">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="398A60B2" w14:textId="132DDAFE" w:rsidR="336560DA" w:rsidRDefault="336560DA" w:rsidP="336560DA">
+  <w:p w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="336560DA" w14:paraId="398A60B2" w14:textId="132DDAFE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7DF80592" w14:textId="77777777" w:rsidR="00FD5E89" w:rsidRDefault="00FD5E89">
+    <w:p w:rsidR="0048500B" w:rsidRDefault="0048500B" w14:paraId="06CDC5EA" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="62136C2A" w14:textId="77777777" w:rsidR="00FD5E89" w:rsidRDefault="00FD5E89">
+    <w:p w:rsidR="0048500B" w:rsidRDefault="0048500B" w14:paraId="50755D80" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="358FE178" w14:textId="77777777" w:rsidR="00FD5E89" w:rsidRDefault="00FD5E89"/>
+    <w:p w:rsidR="0048500B" w:rsidRDefault="0048500B" w14:paraId="6E9E870A" w14:textId="77777777"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3285"/>
       <w:gridCol w:w="3285"/>
       <w:gridCol w:w="3285"/>
     </w:tblGrid>
-    <w:tr w:rsidR="336560DA" w14:paraId="5E35DBD8" w14:textId="77777777" w:rsidTr="336560DA">
+    <w:tr w:rsidR="336560DA" w:rsidTr="336560DA" w14:paraId="5E35DBD8" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3285" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="6EC36D30" w14:textId="656CDD53" w:rsidR="336560DA" w:rsidRDefault="336560DA" w:rsidP="336560DA">
+        <w:p w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="336560DA" w14:paraId="6EC36D30" w14:textId="656CDD53">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:left="-115"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3285" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="01402064" w14:textId="4082538D" w:rsidR="336560DA" w:rsidRDefault="336560DA" w:rsidP="336560DA">
+        <w:p w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="336560DA" w14:paraId="01402064" w14:textId="4082538D">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:jc w:val="center"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3285" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="05551950" w14:textId="68463DD8" w:rsidR="336560DA" w:rsidRDefault="336560DA" w:rsidP="336560DA">
+        <w:p w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="336560DA" w14:paraId="05551950" w14:textId="68463DD8">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="2BE9E67B" w14:textId="4F00F0CE" w:rsidR="336560DA" w:rsidRDefault="336560DA" w:rsidP="336560DA">
+  <w:p w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="336560DA" w14:paraId="2BE9E67B" w14:textId="4F00F0CE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
 <int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
   <int2:observations>
     <int2:textHash int2:hashCode="GDKeCwFJIqv3QB" int2:id="q9TxOTSd">
-      <int2:state int2:value="Rejected" int2:type="LegacyProofing"/>
+      <int2:state int2:type="LegacyProofing" int2:value="Rejected"/>
     </int2:textHash>
     <int2:textHash int2:hashCode="ihDtkvh1I6EEu4" int2:id="b8hicyhB">
-      <int2:state int2:value="Rejected" int2:type="LegacyProofing"/>
+      <int2:state int2:type="LegacyProofing" int2:value="Rejected"/>
     </int2:textHash>
     <int2:textHash int2:hashCode="2n/K4GwKIiqtZD" int2:id="QV7ARL6H">
-      <int2:state int2:value="Rejected" int2:type="LegacyProofing"/>
+      <int2:state int2:type="LegacyProofing" int2:value="Rejected"/>
     </int2:textHash>
     <int2:textHash int2:hashCode="ni8UUdXdlt6RIo" int2:id="FyrEXL6M">
-      <int2:state int2:value="Rejected" int2:type="LegacyProofing"/>
+      <int2:state int2:type="LegacyProofing" int2:value="Rejected"/>
     </int2:textHash>
     <int2:textHash int2:hashCode="SKe4iJ4VQmUCZs" int2:id="LDY1NjZW">
-      <int2:state int2:value="Rejected" int2:type="LegacyProofing"/>
+      <int2:state int2:type="LegacyProofing" int2:value="Rejected"/>
     </int2:textHash>
   </int2:observations>
   <int2:intelligenceSettings/>
   <int2:onDemandWorkflows/>
 </int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01FA728B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="52168FF0"/>
     <w:lvl w:ilvl="0" w:tplc="6706EF18">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F76C8304">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="D2EAFADE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="BA587C50">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="825C93EE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="8E049086">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="E724F32C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="811464B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="3CBC89AE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02A10FC5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9A88F776"/>
     <w:lvl w:ilvl="0" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="070C196A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5EC4D848"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="00030409" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="00050409" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="00010409" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="00030409" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="00050409" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="00010409" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="00030409" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="00050409" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B0169E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6CD824A2"/>
     <w:lvl w:ilvl="0" w:tplc="D01C7D2E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="AE266CC6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="8160D270">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="A11E7C82">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="06E0137A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="7BE6BF3E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="49C69F08">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="92C04860">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F4E6DF2A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C8453B4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B1185F44"/>
     <w:lvl w:ilvl="0" w:tplc="3C505A90">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="164"/>
         </w:tabs>
         <w:ind w:left="164" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="-2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:vertAlign w:val="baseline"/>
         <w:lang w:val="en-US"/>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D8B42D2A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="344"/>
         </w:tabs>
         <w:ind w:left="344" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="-2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:vertAlign w:val="baseline"/>
         <w:lang w:val="en-US"/>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="345AF196">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="524"/>
         </w:tabs>
         <w:ind w:left="524" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="-2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:vertAlign w:val="baseline"/>
         <w:lang w:val="en-US"/>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="A3A8CC04">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="704"/>
         </w:tabs>
         <w:ind w:left="704" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="-2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:vertAlign w:val="baseline"/>
         <w:lang w:val="en-US"/>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="523643B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="884"/>
         </w:tabs>
         <w:ind w:left="884" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="-2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:vertAlign w:val="baseline"/>
         <w:lang w:val="en-US"/>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="F36AC404">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1064"/>
         </w:tabs>
         <w:ind w:left="1064" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="-2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:vertAlign w:val="baseline"/>
         <w:lang w:val="en-US"/>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="8252E1C0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1244"/>
         </w:tabs>
         <w:ind w:left="1244" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="-2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:vertAlign w:val="baseline"/>
         <w:lang w:val="en-US"/>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="2954D290">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1424"/>
         </w:tabs>
         <w:ind w:left="1424" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="-2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:vertAlign w:val="baseline"/>
         <w:lang w:val="en-US"/>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="71CE6DDC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1604"/>
         </w:tabs>
         <w:ind w:left="1604" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="-2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:vertAlign w:val="baseline"/>
         <w:lang w:val="en-US"/>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="10B2F9E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E03026E6"/>
     <w:lvl w:ilvl="0" w:tplc="BD04D050">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0CF446FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="DC624270">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="32B22592">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="D3201D04">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="89F06080">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="73F29216">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFBC63FC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="54906A74">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1CAB776C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="93BC1704"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E1B3AAA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="71846D92"/>
     <w:lvl w:ilvl="0" w:tplc="A5F41A5C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="AA96E300">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
@@ -6032,1841 +5949,1841 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="24C31554"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D5B4162E"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="164"/>
         </w:tabs>
         <w:ind w:left="164" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="-2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:vertAlign w:val="baseline"/>
         <w:lang w:val="en-US"/>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E178578C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="344"/>
         </w:tabs>
         <w:ind w:left="344" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="-2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:vertAlign w:val="baseline"/>
         <w:lang w:val="en-US"/>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04BC19C4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="524"/>
         </w:tabs>
         <w:ind w:left="524" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="-2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:vertAlign w:val="baseline"/>
         <w:lang w:val="en-US"/>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="C0809634">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="704"/>
         </w:tabs>
         <w:ind w:left="704" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="-2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:vertAlign w:val="baseline"/>
         <w:lang w:val="en-US"/>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="E620EE7E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="884"/>
         </w:tabs>
         <w:ind w:left="884" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="-2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:vertAlign w:val="baseline"/>
         <w:lang w:val="en-US"/>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="13807490">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1064"/>
         </w:tabs>
         <w:ind w:left="1064" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="-2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:vertAlign w:val="baseline"/>
         <w:lang w:val="en-US"/>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="3C7E1A92">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1244"/>
         </w:tabs>
         <w:ind w:left="1244" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="-2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:vertAlign w:val="baseline"/>
         <w:lang w:val="en-US"/>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="BBCAA656">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1424"/>
         </w:tabs>
         <w:ind w:left="1424" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="-2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:vertAlign w:val="baseline"/>
         <w:lang w:val="en-US"/>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="C84A5B28">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1604"/>
         </w:tabs>
         <w:ind w:left="1604" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="-2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:vertAlign w:val="baseline"/>
         <w:lang w:val="en-US"/>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="26780ACA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="522A872C"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27EE12C3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="05584E8C"/>
     <w:styleLink w:val="Bullet"/>
     <w:lvl w:ilvl="0" w:tplc="1E46BD94">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="164"/>
         </w:tabs>
         <w:ind w:left="164" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="-2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:vertAlign w:val="baseline"/>
         <w:lang w:val="en-US"/>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="53AEC8B8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="344"/>
         </w:tabs>
         <w:ind w:left="344" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="-2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:vertAlign w:val="baseline"/>
         <w:lang w:val="en-US"/>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="CD306A9C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="524"/>
         </w:tabs>
         <w:ind w:left="524" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="-2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:vertAlign w:val="baseline"/>
         <w:lang w:val="en-US"/>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="39C6CF0C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="704"/>
         </w:tabs>
         <w:ind w:left="704" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="-2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:vertAlign w:val="baseline"/>
         <w:lang w:val="en-US"/>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="953CB0B8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="884"/>
         </w:tabs>
         <w:ind w:left="884" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="-2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:vertAlign w:val="baseline"/>
         <w:lang w:val="en-US"/>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="F7E6D7CA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1064"/>
         </w:tabs>
         <w:ind w:left="1064" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="-2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:vertAlign w:val="baseline"/>
         <w:lang w:val="en-US"/>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="E676CBA4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1244"/>
         </w:tabs>
         <w:ind w:left="1244" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="-2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:vertAlign w:val="baseline"/>
         <w:lang w:val="en-US"/>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="DD64FAD2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1424"/>
         </w:tabs>
         <w:ind w:left="1424" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="-2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:vertAlign w:val="baseline"/>
         <w:lang w:val="en-US"/>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="E292A062">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1604"/>
         </w:tabs>
         <w:ind w:left="1604" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="-2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:vertAlign w:val="baseline"/>
         <w:lang w:val="en-US"/>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28A030B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CC22BF76"/>
     <w:lvl w:ilvl="0" w:tplc="975C3FFA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:eastAsia="Arial" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32D43470"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DD4C3F38"/>
     <w:lvl w:ilvl="0" w:tplc="B8529396">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="4AEE22AC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="64D24D0C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="55365D54">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="E878068A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="4CDAD786">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="D444D03E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="9184EF56">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="7124DC10">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33225A6C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="42704304"/>
     <w:lvl w:ilvl="0" w:tplc="69C07096">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B4B89386">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0164AC76">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="B2DA05D4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="F208C606">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="887EBA36">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="33D015DA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="CDAE2C92">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="53DCB66C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A1908E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2A16EFBA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="537207A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0" w:tplc="A8EA8ED2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A7A4AF3C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="26E0CE8A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="18582D7E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="919454F0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="162E4874">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0FD820B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="4CA0FDC6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="4FD86CFE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="547C67EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0" w:tplc="CC7C4DD6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="7966BF92">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FB7EBD68">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="F2D6ACE6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="6AB8A10E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="45EA848A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0898F1F0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="4D6CA6DE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="408EE622">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="642A6764"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7862C4A6"/>
     <w:lvl w:ilvl="0" w:tplc="99E4641C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="247293DE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="42B0AFB0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="62A6F81E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="2DAC9ACA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="C1206110">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="380464B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="226499B2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="E4BE0356">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B1E35A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6F684B78"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B6A00D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0" w:tplc="8E02823E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="18CA4B3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="888840BE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="4E325054">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04E04D36">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="961E71B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="6C92A50E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="B2DE78EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="324A9AF8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E0E5349"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9D843D8A"/>
     <w:styleLink w:val="List0"/>
     <w:lvl w:ilvl="0" w:tplc="99AE4FEE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="ADD8E062">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="BB36926C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="E19A96CA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="2744CAFC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="BB14604E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="24EE09BE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="3EC47268">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="822666FA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F544210"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="667E48E2"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -7949,51 +7866,51 @@
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1060128378">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1658461902">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1708528514">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1393112132">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="589846">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1779718761">
     <w:abstractNumId w:val="20"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0" w:tplc="99AE4FEE">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:position w:val="0"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="380445251">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="636296985">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1131751214">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1955820982">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="83841081">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1025597335">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="565261432">
@@ -8004,51 +7921,51 @@
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1476489252">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1929381067">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="713507872">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1481074739">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1678582262">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="2109614647">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0000046C"/>
     <w:rsid w:val="0000046C"/>
     <w:rsid w:val="00037B7D"/>
@@ -8121,125 +8038,122 @@
     <w:rsid w:val="006110B6"/>
     <w:rsid w:val="00617902"/>
     <w:rsid w:val="00617ACC"/>
     <w:rsid w:val="006449BA"/>
     <w:rsid w:val="00647B38"/>
     <w:rsid w:val="00654A77"/>
     <w:rsid w:val="00683275"/>
     <w:rsid w:val="00687CE1"/>
     <w:rsid w:val="00690970"/>
     <w:rsid w:val="0069441F"/>
     <w:rsid w:val="006A34CC"/>
     <w:rsid w:val="006C557E"/>
     <w:rsid w:val="006C73D6"/>
     <w:rsid w:val="006C77BF"/>
     <w:rsid w:val="006D29BC"/>
     <w:rsid w:val="0073255D"/>
     <w:rsid w:val="00736B6D"/>
     <w:rsid w:val="00741287"/>
     <w:rsid w:val="007823B0"/>
     <w:rsid w:val="007B1875"/>
     <w:rsid w:val="007C38A1"/>
     <w:rsid w:val="007E722E"/>
     <w:rsid w:val="007F2814"/>
     <w:rsid w:val="00805C20"/>
     <w:rsid w:val="0080778A"/>
-    <w:rsid w:val="0081645B"/>
     <w:rsid w:val="00834CD6"/>
     <w:rsid w:val="00837608"/>
     <w:rsid w:val="00841C7B"/>
     <w:rsid w:val="00861080"/>
     <w:rsid w:val="008B21F2"/>
     <w:rsid w:val="008B4CD5"/>
     <w:rsid w:val="008C4E1C"/>
     <w:rsid w:val="008D019C"/>
     <w:rsid w:val="008E032E"/>
     <w:rsid w:val="009359CF"/>
     <w:rsid w:val="00946C29"/>
     <w:rsid w:val="00957A17"/>
     <w:rsid w:val="009D4214"/>
     <w:rsid w:val="009E2D15"/>
     <w:rsid w:val="00A3458C"/>
     <w:rsid w:val="00A3699B"/>
     <w:rsid w:val="00A547E2"/>
     <w:rsid w:val="00A67263"/>
     <w:rsid w:val="00A72A7B"/>
     <w:rsid w:val="00AB0ABD"/>
     <w:rsid w:val="00AC59CF"/>
     <w:rsid w:val="00AE29BD"/>
     <w:rsid w:val="00AE4F7D"/>
     <w:rsid w:val="00B07AE7"/>
     <w:rsid w:val="00B37443"/>
     <w:rsid w:val="00B57483"/>
     <w:rsid w:val="00B60EA4"/>
     <w:rsid w:val="00B63186"/>
     <w:rsid w:val="00B77E62"/>
     <w:rsid w:val="00B9152A"/>
     <w:rsid w:val="00B93199"/>
     <w:rsid w:val="00BA2006"/>
     <w:rsid w:val="00BC656E"/>
     <w:rsid w:val="00BD1B02"/>
     <w:rsid w:val="00BF02E5"/>
     <w:rsid w:val="00C06FA5"/>
     <w:rsid w:val="00C12975"/>
     <w:rsid w:val="00C5282C"/>
     <w:rsid w:val="00C83EC0"/>
     <w:rsid w:val="00CB730D"/>
     <w:rsid w:val="00CD6CB3"/>
     <w:rsid w:val="00CE2A6B"/>
     <w:rsid w:val="00CF20BA"/>
     <w:rsid w:val="00D0A87E"/>
     <w:rsid w:val="00D24676"/>
     <w:rsid w:val="00D2A2CF"/>
-    <w:rsid w:val="00D45D7B"/>
     <w:rsid w:val="00D64A72"/>
     <w:rsid w:val="00D70196"/>
     <w:rsid w:val="00D76B24"/>
     <w:rsid w:val="00D805BF"/>
     <w:rsid w:val="00DA54B3"/>
     <w:rsid w:val="00DB7FDB"/>
     <w:rsid w:val="00DC0AF9"/>
     <w:rsid w:val="00E165D2"/>
     <w:rsid w:val="00E27536"/>
     <w:rsid w:val="00E34EE3"/>
     <w:rsid w:val="00E43A4F"/>
     <w:rsid w:val="00E45810"/>
     <w:rsid w:val="00E52A66"/>
     <w:rsid w:val="00E55B99"/>
     <w:rsid w:val="00EB463F"/>
     <w:rsid w:val="00ED50CB"/>
     <w:rsid w:val="00F13D75"/>
     <w:rsid w:val="00F22368"/>
     <w:rsid w:val="00F27B29"/>
     <w:rsid w:val="00F41FC9"/>
     <w:rsid w:val="00F542E2"/>
     <w:rsid w:val="00F60843"/>
     <w:rsid w:val="00F93D91"/>
     <w:rsid w:val="00FA39D5"/>
     <w:rsid w:val="00FC72A5"/>
     <w:rsid w:val="00FD5CB2"/>
-    <w:rsid w:val="00FD5E89"/>
     <w:rsid w:val="00FF04D0"/>
     <w:rsid w:val="010CC2D2"/>
     <w:rsid w:val="01300B7C"/>
     <w:rsid w:val="013BDCCC"/>
     <w:rsid w:val="013C683A"/>
     <w:rsid w:val="0154213E"/>
     <w:rsid w:val="017987B5"/>
     <w:rsid w:val="01A80E76"/>
     <w:rsid w:val="01B3F639"/>
     <w:rsid w:val="01D17E37"/>
     <w:rsid w:val="01D5C3B6"/>
     <w:rsid w:val="01F2B573"/>
     <w:rsid w:val="0201AE98"/>
     <w:rsid w:val="02070743"/>
     <w:rsid w:val="02073CE2"/>
     <w:rsid w:val="0217D633"/>
     <w:rsid w:val="022B7EA7"/>
     <w:rsid w:val="025B86F7"/>
     <w:rsid w:val="0280C25A"/>
     <w:rsid w:val="028DBFB3"/>
     <w:rsid w:val="02AF572C"/>
     <w:rsid w:val="02BA9C18"/>
     <w:rsid w:val="02C4344C"/>
     <w:rsid w:val="02CED26E"/>
     <w:rsid w:val="02EC5B32"/>
@@ -8614,50 +8528,51 @@
     <w:rsid w:val="248D9B42"/>
     <w:rsid w:val="249BA750"/>
     <w:rsid w:val="24A45CC8"/>
     <w:rsid w:val="24AADAA9"/>
     <w:rsid w:val="24B058DD"/>
     <w:rsid w:val="24C512AE"/>
     <w:rsid w:val="24C7411A"/>
     <w:rsid w:val="24ECE357"/>
     <w:rsid w:val="24ECF1B5"/>
     <w:rsid w:val="24FF2B92"/>
     <w:rsid w:val="250983B1"/>
     <w:rsid w:val="250BD2FB"/>
     <w:rsid w:val="2522BF7D"/>
     <w:rsid w:val="2570D187"/>
     <w:rsid w:val="25A1B7F2"/>
     <w:rsid w:val="25A8B0BA"/>
     <w:rsid w:val="25ABFF62"/>
     <w:rsid w:val="25AE9D6D"/>
     <w:rsid w:val="25B6B528"/>
     <w:rsid w:val="25BE9664"/>
     <w:rsid w:val="25CBE529"/>
     <w:rsid w:val="26011922"/>
     <w:rsid w:val="260409AE"/>
     <w:rsid w:val="26094A7B"/>
     <w:rsid w:val="260D9F65"/>
+    <w:rsid w:val="26182C64"/>
     <w:rsid w:val="264B3A15"/>
     <w:rsid w:val="26AC544C"/>
     <w:rsid w:val="26D3B177"/>
     <w:rsid w:val="26DFD449"/>
     <w:rsid w:val="26F1991E"/>
     <w:rsid w:val="27048BC6"/>
     <w:rsid w:val="2710DF37"/>
     <w:rsid w:val="2724071C"/>
     <w:rsid w:val="27340DE9"/>
     <w:rsid w:val="2761D66D"/>
     <w:rsid w:val="276CEDCD"/>
     <w:rsid w:val="276FE8B8"/>
     <w:rsid w:val="277B484B"/>
     <w:rsid w:val="277DE0D8"/>
     <w:rsid w:val="2780A697"/>
     <w:rsid w:val="27A8A5A1"/>
     <w:rsid w:val="27A8FF9A"/>
     <w:rsid w:val="27AB18EC"/>
     <w:rsid w:val="27BE689D"/>
     <w:rsid w:val="27C25250"/>
     <w:rsid w:val="27CAD8AD"/>
     <w:rsid w:val="27EC7890"/>
     <w:rsid w:val="27F1ACB0"/>
     <w:rsid w:val="2800E6FC"/>
     <w:rsid w:val="2822255C"/>
@@ -8707,50 +8622,51 @@
     <w:rsid w:val="2BCD2F5C"/>
     <w:rsid w:val="2BCF6F05"/>
     <w:rsid w:val="2BD3F681"/>
     <w:rsid w:val="2BD4ED5C"/>
     <w:rsid w:val="2BD82705"/>
     <w:rsid w:val="2BE9B2C5"/>
     <w:rsid w:val="2C137F39"/>
     <w:rsid w:val="2C36E7A7"/>
     <w:rsid w:val="2C3CC9EA"/>
     <w:rsid w:val="2C55082E"/>
     <w:rsid w:val="2C6FFDB0"/>
     <w:rsid w:val="2C794E1A"/>
     <w:rsid w:val="2C963E5A"/>
     <w:rsid w:val="2C980FB7"/>
     <w:rsid w:val="2CBA60CB"/>
     <w:rsid w:val="2CC3AC73"/>
     <w:rsid w:val="2CCC0BDF"/>
     <w:rsid w:val="2CD1F591"/>
     <w:rsid w:val="2CD7FE6E"/>
     <w:rsid w:val="2CE3CEE9"/>
     <w:rsid w:val="2CF61EB7"/>
     <w:rsid w:val="2CFE6CD6"/>
     <w:rsid w:val="2D1371BE"/>
     <w:rsid w:val="2D198AA8"/>
     <w:rsid w:val="2D53BF05"/>
+    <w:rsid w:val="2D92F514"/>
     <w:rsid w:val="2D9C4537"/>
     <w:rsid w:val="2DFDD287"/>
     <w:rsid w:val="2E04AA81"/>
     <w:rsid w:val="2E06AC7F"/>
     <w:rsid w:val="2E0E0447"/>
     <w:rsid w:val="2E319029"/>
     <w:rsid w:val="2E4D814F"/>
     <w:rsid w:val="2E6FE910"/>
     <w:rsid w:val="2E99AFEE"/>
     <w:rsid w:val="2EA0308E"/>
     <w:rsid w:val="2EA180CC"/>
     <w:rsid w:val="2EA35D5D"/>
     <w:rsid w:val="2EC93C8A"/>
     <w:rsid w:val="2ECAE23A"/>
     <w:rsid w:val="2EE5AAB2"/>
     <w:rsid w:val="2F062C20"/>
     <w:rsid w:val="2F1D2F86"/>
     <w:rsid w:val="2F2A9051"/>
     <w:rsid w:val="2F34CCA6"/>
     <w:rsid w:val="2F3DF5AB"/>
     <w:rsid w:val="2F48CA75"/>
     <w:rsid w:val="2F6E8869"/>
     <w:rsid w:val="2F73DAC7"/>
     <w:rsid w:val="2F796835"/>
     <w:rsid w:val="2F82C2B0"/>
@@ -8776,50 +8692,51 @@
     <w:rsid w:val="3143FCD6"/>
     <w:rsid w:val="3157EBC2"/>
     <w:rsid w:val="316F0FAC"/>
     <w:rsid w:val="317890DB"/>
     <w:rsid w:val="317A3279"/>
     <w:rsid w:val="318355AD"/>
     <w:rsid w:val="3189CA3C"/>
     <w:rsid w:val="31E214A5"/>
     <w:rsid w:val="31FA32FC"/>
     <w:rsid w:val="3207BE50"/>
     <w:rsid w:val="321466FB"/>
     <w:rsid w:val="321E47BC"/>
     <w:rsid w:val="3238C405"/>
     <w:rsid w:val="323F20F2"/>
     <w:rsid w:val="32412A8B"/>
     <w:rsid w:val="326F572D"/>
     <w:rsid w:val="328EFA0A"/>
     <w:rsid w:val="32A110C0"/>
     <w:rsid w:val="32A49095"/>
     <w:rsid w:val="32B9E07D"/>
     <w:rsid w:val="32CA3273"/>
     <w:rsid w:val="32E15C47"/>
     <w:rsid w:val="332E599F"/>
     <w:rsid w:val="333A71C1"/>
     <w:rsid w:val="336560DA"/>
+    <w:rsid w:val="33691801"/>
     <w:rsid w:val="3379AA42"/>
     <w:rsid w:val="337DD1F1"/>
     <w:rsid w:val="33CB0683"/>
     <w:rsid w:val="33FD59DB"/>
     <w:rsid w:val="3410FEED"/>
     <w:rsid w:val="34179914"/>
     <w:rsid w:val="34241E66"/>
     <w:rsid w:val="343FA3A8"/>
     <w:rsid w:val="3481BFDD"/>
     <w:rsid w:val="3488073C"/>
     <w:rsid w:val="34980B3D"/>
     <w:rsid w:val="34A83BB2"/>
     <w:rsid w:val="3519D19E"/>
     <w:rsid w:val="3535D1CE"/>
     <w:rsid w:val="3537FAE8"/>
     <w:rsid w:val="35408391"/>
     <w:rsid w:val="3563668D"/>
     <w:rsid w:val="358C342A"/>
     <w:rsid w:val="35B06008"/>
     <w:rsid w:val="35BB1876"/>
     <w:rsid w:val="35DCCE87"/>
     <w:rsid w:val="3601DDCD"/>
     <w:rsid w:val="361B65BC"/>
     <w:rsid w:val="362B34AC"/>
     <w:rsid w:val="3648DF52"/>
@@ -8888,50 +8805,51 @@
     <w:rsid w:val="3BA66C95"/>
     <w:rsid w:val="3BC2B8EF"/>
     <w:rsid w:val="3BCB86CB"/>
     <w:rsid w:val="3BD1209C"/>
     <w:rsid w:val="3BD5A96F"/>
     <w:rsid w:val="3BE60A46"/>
     <w:rsid w:val="3BEC7886"/>
     <w:rsid w:val="3BF217D3"/>
     <w:rsid w:val="3BFF8CB9"/>
     <w:rsid w:val="3C13B455"/>
     <w:rsid w:val="3C1607EE"/>
     <w:rsid w:val="3C1E6E90"/>
     <w:rsid w:val="3C1FF311"/>
     <w:rsid w:val="3C2707C8"/>
     <w:rsid w:val="3C2824F0"/>
     <w:rsid w:val="3C466257"/>
     <w:rsid w:val="3C4CA172"/>
     <w:rsid w:val="3C4CA6D1"/>
     <w:rsid w:val="3C50061F"/>
     <w:rsid w:val="3C6C090B"/>
     <w:rsid w:val="3C6F4A8D"/>
     <w:rsid w:val="3C802B14"/>
     <w:rsid w:val="3CBA82CC"/>
     <w:rsid w:val="3CBC7F12"/>
     <w:rsid w:val="3CCB8AA5"/>
+    <w:rsid w:val="3CD9AEAE"/>
     <w:rsid w:val="3D18047C"/>
     <w:rsid w:val="3D2087F6"/>
     <w:rsid w:val="3D2434FE"/>
     <w:rsid w:val="3D27D96D"/>
     <w:rsid w:val="3D486262"/>
     <w:rsid w:val="3D501B98"/>
     <w:rsid w:val="3D7384A5"/>
     <w:rsid w:val="3D76DCD7"/>
     <w:rsid w:val="3D9086C9"/>
     <w:rsid w:val="3DA48443"/>
     <w:rsid w:val="3DA934EC"/>
     <w:rsid w:val="3DAC25A4"/>
     <w:rsid w:val="3DBDE6DB"/>
     <w:rsid w:val="3DBEBCDB"/>
     <w:rsid w:val="3DD51F02"/>
     <w:rsid w:val="3E024FBA"/>
     <w:rsid w:val="3E2B8C1B"/>
     <w:rsid w:val="3E38B3AC"/>
     <w:rsid w:val="3E3F866C"/>
     <w:rsid w:val="3E50D8FB"/>
     <w:rsid w:val="3E539E87"/>
     <w:rsid w:val="3E58A4D5"/>
     <w:rsid w:val="3E67316D"/>
     <w:rsid w:val="3E7D4E08"/>
     <w:rsid w:val="3E7F000F"/>
@@ -8969,50 +8887,51 @@
     <w:rsid w:val="41829CA9"/>
     <w:rsid w:val="41AE63E0"/>
     <w:rsid w:val="41CC046D"/>
     <w:rsid w:val="41EE3274"/>
     <w:rsid w:val="41FE3149"/>
     <w:rsid w:val="420BB1CC"/>
     <w:rsid w:val="42143F87"/>
     <w:rsid w:val="4228A012"/>
     <w:rsid w:val="4253E0CC"/>
     <w:rsid w:val="42A3447A"/>
     <w:rsid w:val="42D61348"/>
     <w:rsid w:val="42E65D76"/>
     <w:rsid w:val="4309B4BE"/>
     <w:rsid w:val="43231576"/>
     <w:rsid w:val="432A55A4"/>
     <w:rsid w:val="43670A27"/>
     <w:rsid w:val="4374037E"/>
     <w:rsid w:val="438F289F"/>
     <w:rsid w:val="43AC737F"/>
     <w:rsid w:val="43B7CD95"/>
     <w:rsid w:val="43DEB7F0"/>
     <w:rsid w:val="43E2B086"/>
     <w:rsid w:val="43F1310B"/>
     <w:rsid w:val="440CB666"/>
     <w:rsid w:val="44198E7F"/>
+    <w:rsid w:val="4425E7E6"/>
     <w:rsid w:val="444484AE"/>
     <w:rsid w:val="4477C212"/>
     <w:rsid w:val="449D5820"/>
     <w:rsid w:val="44D4FA2B"/>
     <w:rsid w:val="44E0B047"/>
     <w:rsid w:val="44F003BB"/>
     <w:rsid w:val="44F3F6C1"/>
     <w:rsid w:val="450598EE"/>
     <w:rsid w:val="452D9F81"/>
     <w:rsid w:val="4547BBC7"/>
     <w:rsid w:val="45634FD9"/>
     <w:rsid w:val="45660009"/>
     <w:rsid w:val="456A385F"/>
     <w:rsid w:val="45762FB7"/>
     <w:rsid w:val="45A52377"/>
     <w:rsid w:val="45B73B07"/>
     <w:rsid w:val="45BC4D80"/>
     <w:rsid w:val="45D11963"/>
     <w:rsid w:val="45D16D88"/>
     <w:rsid w:val="45D49149"/>
     <w:rsid w:val="45DFCF65"/>
     <w:rsid w:val="46115AEC"/>
     <w:rsid w:val="46152FAB"/>
     <w:rsid w:val="4666840F"/>
     <w:rsid w:val="46980BB8"/>
@@ -9656,155 +9575,155 @@
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3B6889F0"/>
   <w15:docId w15:val="{55056C32-E7A0-4767-BEA6-3360D8DC4CED}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS" w:cs="Times New Roman"/>
         <w:bdr w:val="nil"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9940,52 +9859,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -10043,323 +9962,323 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:next w:val="Body"/>
     <w:link w:val="Heading3Char"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:u w:color="000000"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:rPr>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="HeaderFooter">
+  <w:style w:type="paragraph" w:styleId="HeaderFooter" w:customStyle="1">
     <w:name w:val="Header &amp; Footer"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9020"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Helvetica" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="720"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="3600"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="5040"/>
         <w:tab w:val="left" w:pos="5760"/>
         <w:tab w:val="left" w:pos="6480"/>
         <w:tab w:val="left" w:pos="7200"/>
         <w:tab w:val="left" w:pos="7920"/>
       </w:tabs>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times Roman" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:u w:val="single" w:color="000000"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Body">
+  <w:style w:type="paragraph" w:styleId="Body" w:customStyle="1">
     <w:name w:val="Body"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times Roman" w:eastAsia="Times Roman" w:hAnsi="Times Roman" w:cs="Times Roman"/>
+      <w:rFonts w:ascii="Times Roman" w:hAnsi="Times Roman" w:eastAsia="Times Roman" w:cs="Times Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:u w:color="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="numbering" w:customStyle="1" w:styleId="List0">
+  <w:style w:type="numbering" w:styleId="List0" w:customStyle="1">
     <w:name w:val="List 0"/>
     <w:basedOn w:val="Numbered"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="8"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="numbering" w:customStyle="1" w:styleId="Numbered">
+  <w:style w:type="numbering" w:styleId="Numbered" w:customStyle="1">
     <w:name w:val="Numbered"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:rsid w:val="007B1875"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:u w:color="000000"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00834CD6"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005D1DF5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="005D1DF5"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005D1DF5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="005D1DF5"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:link w:val="BodyTextChar"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000A1115"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:bar w:val="none" w:sz="0" w:color="auto"/>
+        <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:between w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bar w:val="none" w:color="auto" w:sz="0"/>
       </w:pBdr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times Roman" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:u w:color="000000"/>
-      <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+  <w:style w:type="character" w:styleId="BodyTextChar" w:customStyle="1">
     <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
     <w:rsid w:val="000A1115"/>
     <w:rPr>
       <w:rFonts w:ascii="Times Roman" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:u w:color="000000"/>
-      <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableStyle2">
+  <w:style w:type="paragraph" w:styleId="TableStyle2" w:customStyle="1">
     <w:name w:val="Table Style 2"/>
     <w:rsid w:val="00570777"/>
     <w:rPr>
       <w:rFonts w:ascii="Helvetica" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
       <w:color w:val="000000"/>
       <w:lang w:val="en-US" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:qFormat/>
     <w:rsid w:val="00570777"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times Roman" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:u w:color="000000"/>
       <w:lang w:val="en-US" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="numbering" w:customStyle="1" w:styleId="Bullet">
+  <w:style w:type="numbering" w:styleId="Bullet" w:customStyle="1">
     <w:name w:val="Bullet"/>
     <w:rsid w:val="00F22368"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="19"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004625F4"/>
     <w:rPr>
       <w:color w:val="FF00FF" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -10398,60 +10317,59 @@
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1379352749">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysis.qmul.ac.uk/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://timetables.qmul.ac.uk/default.aspx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.qmul.ac.uk/modules" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysis.qmul.ac.uk/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysis.qmul.ac.uk/" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://timetables.qmul.ac.uk/default.aspx" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.qmul.ac.uk/modules" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysis.qmul.ac.uk/" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/theme/_rels/theme1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Blank">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Blank">
   <a:themeElements>
     <a:clrScheme name="Blank">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="404040"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="BFBFBF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="499BC9"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="6EC038"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="F1D130"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFA93A"/>
@@ -11663,63 +11581,61 @@
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="none"/>
       </a:style>
     </a:txDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001C8F621482F98C4384B94E95C5482199" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7dde41c3cb7842231a7dd3ca0f10f983">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6c16959e-a6c3-4a2b-a654-f34cbbe8085f" xmlns:ns3="42af17ff-dac7-491c-95b1-f710dfaea1f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7aabc53559e980a1f478f21daccfc995" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001C8F621482F98C4384B94E95C5482199" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="26b3c2d702d51a7d40933d0a07659933">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6c16959e-a6c3-4a2b-a654-f34cbbe8085f" xmlns:ns3="42af17ff-dac7-491c-95b1-f710dfaea1f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3836231a409fe243d936b047f1517a77" ns2:_="" ns3:_="">
     <xsd:import namespace="6c16959e-a6c3-4a2b-a654-f34cbbe8085f"/>
     <xsd:import namespace="42af17ff-dac7-491c-95b1-f710dfaea1f9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -11887,129 +11803,109 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="42af17ff-dac7-491c-95b1-f710dfaea1f9" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="6c16959e-a6c3-4a2b-a654-f34cbbe8085f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B71283F0-AAEF-471B-B3B9-9E6A750E32CC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C422CC43-C655-40E3-A4BE-719EB067C569}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{944C272C-CB48-4372-A722-02CAC97DC483}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="42af17ff-dac7-491c-95b1-f710dfaea1f9"/>
     <ds:schemaRef ds:uri="6c16959e-a6c3-4a2b-a654-f34cbbe8085f"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...16 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company>University of London</ap:Company>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Spela Gruden</dc:creator>
-  <cp:keywords/>
-[...2 lines deleted...]
-  <cp:lastPrinted></cp:lastPrinted>
+  <keywords/>
+  <lastModifiedBy>Lisa Stubbings</lastModifiedBy>
+  <revision>9</revision>
+  <lastPrinted>2017-07-13T19:37:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</cp:coreProperties>
+</coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001C8F621482F98C4384B94E95C5482199</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="QMULDepartment">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="QMULDocumentType">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="QMULSchool">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="TaxKeyword">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="QMULDocumentStatus">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="QMULInformationClassification">
     <vt:lpwstr>1;#Protect|9124d8d9-0c1c-41e9-aa14-aba001e9a028</vt:lpwstr>
   </property>