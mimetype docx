--- v0 (2025-10-25)
+++ v1 (2025-12-16)
@@ -2345,51 +2345,51 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9915" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="6570"/>
         <w:gridCol w:w="1350"/>
         <w:gridCol w:w="915"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="79FB2CAD" w14:paraId="3411C5D1" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="7AB7ECB0" w14:paraId="3411C5D1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9915" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="43B08174" w14:paraId="1A2EB3F7" w14:textId="2F79A233">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:jc w:val="center"/>
@@ -2460,53 +2460,53 @@
             <w:r w:rsidRPr="58A1DFB5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
             <w:r w:rsidR="009652E1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="79FB2CAD" w14:paraId="2B9006E0" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="7AB7ECB0" w14:paraId="2B9006E0" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="1016"/>
+          <w:trHeight w:val="1095"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9915" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidP="7C21657A" w:rsidRDefault="52041272" w14:paraId="7D0439A5" w14:textId="06E5FA8A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
@@ -2680,123 +2680,115 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Semester 2</w:t>
             </w:r>
             <w:r w:rsidRPr="1C35E88E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>) f</w:t>
             </w:r>
             <w:r w:rsidRPr="1C35E88E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>rom the modules marked as Optional below.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00951D18" w:rsidR="336560DA" w:rsidP="1C35E88E" w:rsidRDefault="7B529453" w14:paraId="5818C5F8" w14:textId="59EABB4D">
+          <w:p w:rsidRPr="00951D18" w:rsidR="336560DA" w:rsidP="7AB7ECB0" w:rsidRDefault="336560DA" w14:paraId="6FE2918E" w14:textId="45A09A4D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5DA73169">
+            <w:r w:rsidRPr="7AB7ECB0" w:rsidR="7B529453">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">You will also </w:t>
             </w:r>
-            <w:r w:rsidRPr="5DA73169">
+            <w:r w:rsidRPr="7AB7ECB0" w:rsidR="7B529453">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>choose a 60-credit dissertation or project</w:t>
             </w:r>
-            <w:r w:rsidRPr="5DA73169">
+            <w:r w:rsidRPr="7AB7ECB0" w:rsidR="7B529453">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="5DA73169" w:rsidR="674B7C65">
+            <w:r w:rsidRPr="7AB7ECB0" w:rsidR="674B7C65">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>from the modules marked as Core</w:t>
             </w:r>
-            <w:r w:rsidRPr="5DA73169">
+            <w:r w:rsidRPr="7AB7ECB0" w:rsidR="7B529453">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> below.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00951D18" w:rsidR="336560DA" w:rsidP="5DA73169" w:rsidRDefault="336560DA" w14:paraId="6FE2918E" w14:textId="23148A38">
-[...6 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="79FB2CAD" w14:paraId="76C9D753" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="7AB7ECB0" w14:paraId="76C9D753" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7650" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="336560DA" w14:paraId="2B7ECE57" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
@@ -2866,51 +2858,51 @@
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="336560DA" w14:paraId="24B09F22" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6433">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="79FB2CAD" w14:paraId="300656D7" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="7AB7ECB0" w14:paraId="300656D7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00951C9F" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="007C428A" w14:paraId="028039F1" w14:textId="2CD47FB9">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3017,51 +3009,51 @@
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00951C9F" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="336560DA" w14:paraId="5ED019A8" w14:textId="67013328">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00951C9F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="007C428A" w:rsidTr="79FB2CAD" w14:paraId="23DE66DA" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="007C428A" w:rsidTr="7AB7ECB0" w14:paraId="23DE66DA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00951C9F" w:rsidR="007C428A" w:rsidP="007C428A" w:rsidRDefault="007C428A" w14:paraId="58E776BC" w14:textId="198FF0B6">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -3167,51 +3159,51 @@
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00951C9F" w:rsidR="007C428A" w:rsidP="007C428A" w:rsidRDefault="007C428A" w14:paraId="61331926" w14:textId="43D1E182">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00951C9F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="007C428A" w:rsidTr="79FB2CAD" w14:paraId="137E331C" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="007C428A" w:rsidTr="7AB7ECB0" w14:paraId="137E331C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7650" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="007C428A" w:rsidP="007C428A" w:rsidRDefault="007C428A" w14:paraId="4945A067" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
@@ -3281,51 +3273,51 @@
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="007C428A" w:rsidP="007C428A" w:rsidRDefault="007C428A" w14:paraId="5AB046A7" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6433">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="009652E1" w:rsidTr="79FB2CAD" w14:paraId="4BA41338" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="009652E1" w:rsidTr="7AB7ECB0" w14:paraId="4BA41338" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00951C9F" w:rsidR="009652E1" w:rsidP="009652E1" w:rsidRDefault="009652E1" w14:paraId="1C9FBB3C" w14:textId="3CCF8EAB">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -3415,51 +3407,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00951C9F" w:rsidR="009652E1" w:rsidP="009652E1" w:rsidRDefault="009652E1" w14:paraId="598DA8B3" w14:textId="1B31A120">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3E3D0D70">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="009652E1" w:rsidTr="79FB2CAD" w14:paraId="002AE43A" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="009652E1" w:rsidTr="7AB7ECB0" w14:paraId="002AE43A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00951C9F" w:rsidR="009652E1" w:rsidP="009652E1" w:rsidRDefault="009652E1" w14:paraId="5501CDC3" w14:textId="59FEFC06">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -3552,51 +3544,51 @@
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00951C9F" w:rsidR="009652E1" w:rsidP="009652E1" w:rsidRDefault="009652E1" w14:paraId="15C994BE" w14:textId="4B3E27E8">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3E3D0D70">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="009652E1" w:rsidTr="79FB2CAD" w14:paraId="2BA40C45" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="009652E1" w:rsidTr="7AB7ECB0" w14:paraId="2BA40C45" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00951C9F" w:rsidR="009652E1" w:rsidP="009652E1" w:rsidRDefault="009652E1" w14:paraId="76F4D27D" w14:textId="6DC2067E">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -3692,51 +3684,51 @@
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00951C9F" w:rsidR="009652E1" w:rsidP="009652E1" w:rsidRDefault="009652E1" w14:paraId="337C6660" w14:textId="3250D648">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="009652E1" w:rsidTr="79FB2CAD" w14:paraId="11440BF6" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="009652E1" w:rsidTr="7AB7ECB0" w14:paraId="11440BF6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7650" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="009652E1" w:rsidP="009652E1" w:rsidRDefault="009652E1" w14:paraId="1D1D8C55" w14:textId="3EAF185E">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3810,51 +3802,51 @@
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="009652E1" w:rsidP="009652E1" w:rsidRDefault="009652E1" w14:paraId="6724302A" w14:textId="0E827926">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6433">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="009652E1" w:rsidTr="79FB2CAD" w14:paraId="72DAB9E0" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="009652E1" w:rsidTr="7AB7ECB0" w14:paraId="72DAB9E0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00951C9F" w:rsidR="009652E1" w:rsidP="009652E1" w:rsidRDefault="009652E1" w14:paraId="4D5579BE" w14:textId="416AF83A">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -3960,51 +3952,51 @@
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00951C9F" w:rsidR="009652E1" w:rsidP="009652E1" w:rsidRDefault="009652E1" w14:paraId="0F72A631" w14:textId="029EDFE9">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3E3D0D70">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="009652E1" w:rsidTr="79FB2CAD" w14:paraId="6A851BBC" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="009652E1" w:rsidTr="7AB7ECB0" w14:paraId="6A851BBC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00951C9F" w:rsidR="009652E1" w:rsidP="009652E1" w:rsidRDefault="009652E1" w14:paraId="1F68FE6B" w14:textId="58392D6D">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -4110,51 +4102,51 @@
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00951C9F" w:rsidR="009652E1" w:rsidP="009652E1" w:rsidRDefault="009652E1" w14:paraId="4121709F" w14:textId="55FFBADB">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3E3D0D70">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="009652E1" w:rsidTr="79FB2CAD" w14:paraId="044C4E5A" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="009652E1" w:rsidTr="7AB7ECB0" w14:paraId="044C4E5A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9915" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="009652E1" w:rsidP="009652E1" w:rsidRDefault="009652E1" w14:paraId="1699E3DB" w14:textId="228FBA76">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:jc w:val="center"/>
@@ -9120,50 +9112,51 @@
     <w:rsid w:val="7903CAB3"/>
     <w:rsid w:val="79343024"/>
     <w:rsid w:val="793AB97E"/>
     <w:rsid w:val="7950F0B8"/>
     <w:rsid w:val="796532D0"/>
     <w:rsid w:val="79835F40"/>
     <w:rsid w:val="799F7F4D"/>
     <w:rsid w:val="79B6E64C"/>
     <w:rsid w:val="79B8468C"/>
     <w:rsid w:val="79C28CF8"/>
     <w:rsid w:val="79C36768"/>
     <w:rsid w:val="79C4277F"/>
     <w:rsid w:val="79C9B8B5"/>
     <w:rsid w:val="79E4DA1D"/>
     <w:rsid w:val="79EB3B63"/>
     <w:rsid w:val="79F4DF44"/>
     <w:rsid w:val="79FB2CAD"/>
     <w:rsid w:val="7A0D2769"/>
     <w:rsid w:val="7A51F0E1"/>
     <w:rsid w:val="7A5699FC"/>
     <w:rsid w:val="7A7293DA"/>
     <w:rsid w:val="7A73F244"/>
     <w:rsid w:val="7A83356A"/>
     <w:rsid w:val="7AAE09B2"/>
     <w:rsid w:val="7AB0A248"/>
+    <w:rsid w:val="7AB7ECB0"/>
     <w:rsid w:val="7AC9FCDC"/>
     <w:rsid w:val="7AD9D0BC"/>
     <w:rsid w:val="7AE7DCC2"/>
     <w:rsid w:val="7B019DE9"/>
     <w:rsid w:val="7B170C9C"/>
     <w:rsid w:val="7B40A125"/>
     <w:rsid w:val="7B529453"/>
     <w:rsid w:val="7B6A72D0"/>
     <w:rsid w:val="7B9947E7"/>
     <w:rsid w:val="7B99D2DB"/>
     <w:rsid w:val="7BAFCB18"/>
     <w:rsid w:val="7C1D03B5"/>
     <w:rsid w:val="7C21657A"/>
     <w:rsid w:val="7C289177"/>
     <w:rsid w:val="7C2DDA32"/>
     <w:rsid w:val="7C3566FD"/>
     <w:rsid w:val="7C361ADC"/>
     <w:rsid w:val="7C38DB39"/>
     <w:rsid w:val="7C5C2836"/>
     <w:rsid w:val="7C8020DE"/>
     <w:rsid w:val="7CB29483"/>
     <w:rsid w:val="7D0606A2"/>
     <w:rsid w:val="7D0B10D3"/>
     <w:rsid w:val="7D32F730"/>
     <w:rsid w:val="7D3D7DA5"/>
@@ -11245,52 +11238,52 @@
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="42af17ff-dac7-491c-95b1-f710dfaea1f9" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="6c16959e-a6c3-4a2b-a654-f34cbbe8085f">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001C8F621482F98C4384B94E95C5482199" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7dde41c3cb7842231a7dd3ca0f10f983">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6c16959e-a6c3-4a2b-a654-f34cbbe8085f" xmlns:ns3="42af17ff-dac7-491c-95b1-f710dfaea1f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7aabc53559e980a1f478f21daccfc995" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001C8F621482F98C4384B94E95C5482199" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="26b3c2d702d51a7d40933d0a07659933">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6c16959e-a6c3-4a2b-a654-f34cbbe8085f" xmlns:ns3="42af17ff-dac7-491c-95b1-f710dfaea1f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3836231a409fe243d936b047f1517a77" ns2:_="" ns3:_="">
     <xsd:import namespace="6c16959e-a6c3-4a2b-a654-f34cbbe8085f"/>
     <xsd:import namespace="42af17ff-dac7-491c-95b1-f710dfaea1f9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -11478,102 +11471,87 @@
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{944C272C-CB48-4372-A722-02CAC97DC483}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="42af17ff-dac7-491c-95b1-f710dfaea1f9"/>
     <ds:schemaRef ds:uri="6c16959e-a6c3-4a2b-a654-f34cbbe8085f"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{95817187-A4DC-4F7C-9FC5-FF30E52EFD0C}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2ED44FCE-65E5-4DDF-A36F-8BDA96BA5D78}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B71283F0-AAEF-471B-B3B9-9E6A750E32CC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Normal</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company>University of London</ap:Company>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Spela Gruden</dc:creator>
-  <keywords/>
-[...2 lines deleted...]
-  <lastPrinted>2017-07-13T19:37:00.0000000Z</lastPrinted>
+  <cp:keywords/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</coreProperties>
+</cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001C8F621482F98C4384B94E95C5482199</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="QMULDepartment">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="QMULDocumentType">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="QMULSchool">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="TaxKeyword">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="QMULDocumentStatus">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="QMULInformationClassification">
     <vt:lpwstr>1;#Protect|9124d8d9-0c1c-41e9-aa14-aba001e9a028</vt:lpwstr>
   </property>