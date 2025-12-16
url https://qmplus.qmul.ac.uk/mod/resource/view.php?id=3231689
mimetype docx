--- v0 (2025-10-25)
+++ v1 (2025-12-16)
@@ -1520,214 +1520,214 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D6433" w:rsidR="1A6405D5" w:rsidP="1A6405D5" w:rsidRDefault="1A6405D5" w14:paraId="5A199DBE" w14:textId="6303E43D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="2200"/>
           <w:tab w:val="left" w:pos="3300"/>
           <w:tab w:val="left" w:pos="4400"/>
           <w:tab w:val="left" w:pos="5500"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="left" w:pos="7700"/>
           <w:tab w:val="left" w:pos="8800"/>
         </w:tabs>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="001D6433" w:rsidR="1876745E" w:rsidP="1A6405D5" w:rsidRDefault="1876745E" w14:paraId="1B22AB5A" w14:textId="6625C756">
+    <w:p w:rsidRPr="001D6433" w:rsidR="1876745E" w:rsidP="1A6405D5" w:rsidRDefault="1876745E" w14:paraId="1B22AB5A" w14:textId="04CD38A8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="2200"/>
           <w:tab w:val="left" w:pos="3300"/>
           <w:tab w:val="left" w:pos="4400"/>
           <w:tab w:val="left" w:pos="5500"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="left" w:pos="7700"/>
           <w:tab w:val="left" w:pos="8800"/>
         </w:tabs>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="76193199" w:rsidR="1876745E">
+      <w:r w:rsidRPr="078A6913" w:rsidR="1876745E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
-      <w:r w:rsidRPr="76193199" w:rsidR="1876745E">
+      <w:r w:rsidRPr="078A6913" w:rsidR="1876745E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>submit</w:t>
       </w:r>
-      <w:r w:rsidRPr="76193199" w:rsidR="1876745E">
+      <w:r w:rsidRPr="078A6913" w:rsidR="1876745E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> your selections </w:t>
       </w:r>
-      <w:r w:rsidRPr="76193199" w:rsidR="5E6CEF23">
+      <w:r w:rsidRPr="078A6913" w:rsidR="5E6CEF23">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="76193199" w:rsidR="1876745E">
+      <w:r w:rsidRPr="078A6913" w:rsidR="1876745E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="76193199" w:rsidR="1876745E">
+      <w:r w:rsidRPr="078A6913" w:rsidR="1876745E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="76193199" w:rsidR="1876745E">
+      <w:r w:rsidRPr="078A6913" w:rsidR="1876745E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>MySIS</w:t>
       </w:r>
-      <w:r w:rsidRPr="76193199" w:rsidR="1876745E">
+      <w:r w:rsidRPr="078A6913" w:rsidR="1876745E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> by</w:t>
       </w:r>
-      <w:r w:rsidRPr="76193199" w:rsidR="00B63186">
+      <w:r w:rsidRPr="078A6913" w:rsidR="00B63186">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="76193199" w:rsidR="10AA52E9">
+      <w:r w:rsidRPr="078A6913" w:rsidR="10AA52E9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="76193199" w:rsidR="18CD3DA1">
+      <w:r w:rsidRPr="078A6913" w:rsidR="44A16AC3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>7</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="76193199" w:rsidR="1876745E">
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="078A6913" w:rsidR="1876745E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>th September 202</w:t>
       </w:r>
-      <w:r w:rsidRPr="76193199" w:rsidR="720C78BA">
+      <w:r w:rsidRPr="078A6913" w:rsidR="720C78BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="76193199" w:rsidR="00B63186">
+      <w:r w:rsidRPr="078A6913" w:rsidR="00B63186">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D6433" w:rsidR="1A6405D5" w:rsidP="1A6405D5" w:rsidRDefault="1A6405D5" w14:paraId="69313A38" w14:textId="33510DB1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="2200"/>
           <w:tab w:val="left" w:pos="3300"/>
           <w:tab w:val="left" w:pos="4400"/>
           <w:tab w:val="left" w:pos="5500"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="left" w:pos="7700"/>
           <w:tab w:val="left" w:pos="8800"/>
         </w:tabs>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
@@ -2577,51 +2577,51 @@
           <w:bCs/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9915" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="6570"/>
         <w:gridCol w:w="1350"/>
         <w:gridCol w:w="915"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="7D4B8B7A" w14:paraId="3411C5D1" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="078A6913" w14:paraId="3411C5D1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9915" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="336560DA" w14:paraId="1A2EB3F7" w14:textId="5B5E4777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:jc w:val="center"/>
@@ -2693,51 +2693,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
             <w:r w:rsidR="006110B6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="7D4B8B7A" w14:paraId="2B9006E0" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="078A6913" w14:paraId="2B9006E0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1259"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9915" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="002D2F5D" w:rsidP="00B63186" w:rsidRDefault="00B63186" w14:paraId="08F3C1A8" w14:textId="30EA8D51">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
@@ -2953,51 +2953,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15 per semester</w:t>
             </w:r>
             <w:r w:rsidRPr="00B63186">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>) f</w:t>
             </w:r>
             <w:r w:rsidRPr="00B63186">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>rom the modules marked as Optional below.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="7D4B8B7A" w14:paraId="76C9D753" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="078A6913" w14:paraId="76C9D753" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7650" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="336560DA" w14:paraId="2B7ECE57" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
@@ -3067,101 +3067,102 @@
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="336560DA" w14:paraId="24B09F22" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6433">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="7D4B8B7A" w14:paraId="300656D7" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="078A6913" w14:paraId="300656D7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D4CB9" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="321466FB" w14:paraId="028039F1" w14:textId="38FA4AA1">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D4CB9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>EAL7200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="001D4CB9" w:rsidR="336560DA" w:rsidP="7C21657A" w:rsidRDefault="54A73045" w14:paraId="7588EEFA" w14:textId="487D2D6A">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D4CB9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Approaches and Methods in English Language Teaching</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
@@ -3217,51 +3218,51 @@
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D4CB9" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="336560DA" w14:paraId="5ED019A8" w14:textId="67013328">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D4CB9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="00B63186" w:rsidTr="7D4B8B7A" w14:paraId="47863319" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="00B63186" w:rsidTr="078A6913" w14:paraId="47863319" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D4CB9" w:rsidR="00B63186" w:rsidP="00873076" w:rsidRDefault="00B63186" w14:paraId="51CC6E04" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -3269,50 +3270,51 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D4CB9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>EAL7213</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="001D4CB9" w:rsidR="00B63186" w:rsidP="00873076" w:rsidRDefault="00B63186" w14:paraId="2AA56F96" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D4CB9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Research Methods in Language Teaching</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
@@ -3367,98 +3369,99 @@
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D4CB9" w:rsidR="00B63186" w:rsidP="00873076" w:rsidRDefault="00B63186" w14:paraId="25805694" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D4CB9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="7D4B8B7A" w14:paraId="23DE66DA" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="078A6913" w14:paraId="23DE66DA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00DA54B3" w:rsidR="336560DA" w:rsidP="11FFB3E9" w:rsidRDefault="0E1FB194" w14:paraId="58E776BC" w14:textId="132A6464">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="11FFB3E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>EAL7207</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="00DA54B3" w:rsidR="336560DA" w:rsidP="11FFB3E9" w:rsidRDefault="0280C25A" w14:paraId="3A32B6FD" w14:textId="4F7AC9C2">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="11FFB3E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Description of Language</w:t>
             </w:r>
             <w:r w:rsidRPr="11FFB3E9" w:rsidR="5D9C4A36">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -3506,97 +3509,98 @@
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00DA54B3" w:rsidR="336560DA" w:rsidP="11FFB3E9" w:rsidRDefault="336560DA" w14:paraId="61331926" w14:textId="4681A0B3">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="11FFB3E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="7D4B8B7A" w14:paraId="46DBC1A0" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="078A6913" w14:paraId="46DBC1A0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00DA54B3" w:rsidR="336560DA" w:rsidP="11FFB3E9" w:rsidRDefault="25BE9664" w14:paraId="7C0F906F" w14:textId="21815D08">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="11FFB3E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>EAL7211</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="00DA54B3" w:rsidR="336560DA" w:rsidP="11FFB3E9" w:rsidRDefault="25BE9664" w14:paraId="4C7E70A8" w14:textId="70B0CC26">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="11FFB3E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Curriculum Design and Materials Evaluation for ELT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
@@ -3641,91 +3645,91 @@
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00DA54B3" w:rsidR="336560DA" w:rsidP="11FFB3E9" w:rsidRDefault="758F03FB" w14:paraId="72CAEA4C" w14:textId="3D3E29CB">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="11FFB3E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="1A6405D5" w:rsidTr="7D4B8B7A" w14:paraId="2A6A56EC" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="1A6405D5" w:rsidTr="078A6913" w14:paraId="2A6A56EC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9915" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="681BF1B5" w:rsidP="1A6405D5" w:rsidRDefault="681BF1B5" w14:paraId="09B3AD14" w14:textId="5D9D43D7">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6433">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>* Description of Language is not recommended for students with a good knowledge of English grammar who are advised to choose Curriculum Design and Materials Evaluation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="7D4B8B7A" w14:paraId="137E331C" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="078A6913" w14:paraId="137E331C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7650" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="336560DA" w14:paraId="4945A067" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
@@ -3795,51 +3799,51 @@
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="336560DA" w14:paraId="5AB046A7" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6433">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="7D4B8B7A" w14:paraId="4BA41338" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="078A6913" w14:paraId="4BA41338" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00DA54B3" w:rsidR="336560DA" w:rsidP="7C21657A" w:rsidRDefault="61E180BF" w14:paraId="1C9FBB3C" w14:textId="303420CD">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -3847,50 +3851,51 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA54B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>EAL7202</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="00DA54B3" w:rsidR="336560DA" w:rsidP="7C21657A" w:rsidRDefault="61E180BF" w14:paraId="48E62E59" w14:textId="6EA0A4C4">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA54B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Second Language Acquisition</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
@@ -3944,51 +3949,51 @@
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00DA54B3" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="336560DA" w14:paraId="598DA8B3" w14:textId="3BA463D2">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA54B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="00B63186" w:rsidTr="7D4B8B7A" w14:paraId="71980AF7" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="00B63186" w:rsidTr="078A6913" w14:paraId="71980AF7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00DA54B3" w:rsidR="00B63186" w:rsidP="00D26462" w:rsidRDefault="00B63186" w14:paraId="3F675EE6" w14:textId="6B68D16E">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -4004,50 +4009,51 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>EAL721</w:t>
             </w:r>
             <w:r w:rsidR="00837608">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="00DA54B3" w:rsidR="00B63186" w:rsidP="00D26462" w:rsidRDefault="00837608" w14:paraId="7BB07E49" w14:textId="6D739A5D">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Digital Media for Language Education</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
@@ -4104,98 +4110,99 @@
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00DA54B3" w:rsidR="00B63186" w:rsidP="00D26462" w:rsidRDefault="00B63186" w14:paraId="6A30EA43" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA54B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="00B63186" w:rsidTr="7D4B8B7A" w14:paraId="53D5AFA2" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="00B63186" w:rsidTr="078A6913" w14:paraId="53D5AFA2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00DA54B3" w:rsidR="00B63186" w:rsidP="11FFB3E9" w:rsidRDefault="00B63186" w14:paraId="53A37F18" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="11FFB3E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>EAL7209</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="00DA54B3" w:rsidR="00B63186" w:rsidP="11FFB3E9" w:rsidRDefault="00B63186" w14:paraId="424FA179" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="11FFB3E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Teaching English in Professional and Academic Settings</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
@@ -4241,96 +4248,97 @@
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00DA54B3" w:rsidR="00B63186" w:rsidP="11FFB3E9" w:rsidRDefault="00B63186" w14:paraId="062851C5" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="11FFB3E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="00837608" w:rsidTr="7D4B8B7A" w14:paraId="3FA82E77" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="00837608" w:rsidTr="078A6913" w14:paraId="3FA82E77" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="11FFB3E9" w:rsidR="00837608" w:rsidP="11FFB3E9" w:rsidRDefault="00837608" w14:paraId="4527DBD5" w14:textId="2472408A">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>EAL7210</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="11FFB3E9" w:rsidR="00837608" w:rsidP="11FFB3E9" w:rsidRDefault="00837608" w14:paraId="25295365" w14:textId="306080CE">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Methods of Text and Corpus Analysis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
@@ -4374,97 +4382,98 @@
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="11FFB3E9" w:rsidR="00837608" w:rsidP="11FFB3E9" w:rsidRDefault="00837608" w14:paraId="3736780C" w14:textId="1D375257">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="00B63186" w:rsidTr="7D4B8B7A" w14:paraId="09BF39BA" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="00B63186" w:rsidTr="078A6913" w14:paraId="09BF39BA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00DA54B3" w:rsidR="00B63186" w:rsidP="11FFB3E9" w:rsidRDefault="00B63186" w14:paraId="27B630E4" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="11FFB3E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>EAL7214</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="00DA54B3" w:rsidR="00B63186" w:rsidP="11FFB3E9" w:rsidRDefault="00B63186" w14:paraId="137E5C8B" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="11FFB3E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Assessment in English Language Teaching</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
@@ -4509,51 +4518,51 @@
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00DA54B3" w:rsidR="00B63186" w:rsidP="11FFB3E9" w:rsidRDefault="00B63186" w14:paraId="2E443558" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="11FFB3E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="7D4B8B7A" w14:paraId="11440BF6" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="078A6913" w14:paraId="11440BF6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7650" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="74FCBC17" w14:paraId="1D1D8C55" w14:textId="581A91E7">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4659,51 +4668,51 @@
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="336560DA" w14:paraId="6724302A" w14:textId="0E827926">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6433">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="7D4B8B7A" w14:paraId="72DAB9E0" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="078A6913" w14:paraId="72DAB9E0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00DA54B3" w:rsidR="336560DA" w:rsidP="7C21657A" w:rsidRDefault="0E650AB1" w14:paraId="4D5579BE" w14:textId="1A438C06">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -4711,50 +4720,51 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA54B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>EAL7203</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="00DA54B3" w:rsidR="336560DA" w:rsidP="7C21657A" w:rsidRDefault="0E650AB1" w14:paraId="4012EFA1" w14:textId="4FB17006">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA54B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Dissertation in </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA54B3" w:rsidR="27AB18EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -4824,51 +4834,51 @@
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00DA54B3" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="336560DA" w14:paraId="0F72A631" w14:textId="029EDFE9">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA54B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="7D4B8B7A" w14:paraId="6A851BBC" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="078A6913" w14:paraId="6A851BBC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00DA54B3" w:rsidR="336560DA" w:rsidP="7C21657A" w:rsidRDefault="34980B3D" w14:paraId="1F68FE6B" w14:textId="2D6419F1">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -4876,50 +4886,51 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA54B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>EAL7204</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="00DA54B3" w:rsidR="336560DA" w:rsidP="7C21657A" w:rsidRDefault="34980B3D" w14:paraId="04F3CCB5" w14:textId="3DB6B217">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA54B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Dissertation in </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA54B3" w:rsidR="7798B8AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -4989,51 +5000,51 @@
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00DA54B3" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="336560DA" w14:paraId="4121709F" w14:textId="55FFBADB">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA54B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="1A6405D5" w:rsidTr="7D4B8B7A" w14:paraId="68106653" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="1A6405D5" w:rsidTr="078A6913" w14:paraId="68106653" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9915" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="7DBDA944" w:rsidP="1A6405D5" w:rsidRDefault="7DBDA944" w14:paraId="7541C4FE" w14:textId="5601F554">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
@@ -5056,51 +5067,51 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>research oriented</w:t>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="001D6433">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> dissertation, or a practice-based dissertation</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6433">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="7D4B8B7A" w14:paraId="044C4E5A" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="078A6913" w14:paraId="044C4E5A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9915" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidP="7C21657A" w:rsidRDefault="1BBD261D" w14:paraId="1699E3DB" w14:textId="43665E21">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:jc w:val="center"/>
@@ -5161,103 +5172,103 @@
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:t>SIS</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
             <w:r w:rsidRPr="001D6433" w:rsidR="67E0F2C8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> by</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6433">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidP="7C21657A" w:rsidRDefault="3C6C090B" w14:paraId="3A59B5F9" w14:textId="19375D35">
+          <w:p w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidP="7C21657A" w:rsidRDefault="3C6C090B" w14:paraId="3A59B5F9" w14:textId="5C10B8E5">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="7D4B8B7A">
+            <w:r w:rsidRPr="078A6913" w:rsidR="3C6C090B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00837608">
+            <w:r w:rsidRPr="078A6913" w:rsidR="125154EE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="7D4B8B7A" w:rsidR="1E6EF38E">
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="078A6913" w:rsidR="1E6EF38E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
               <w:t xml:space="preserve"> September 20</w:t>
             </w:r>
-            <w:r w:rsidRPr="7D4B8B7A" w:rsidR="7A0D2769">
+            <w:r w:rsidRPr="078A6913" w:rsidR="7A0D2769">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00837608">
+            <w:r w:rsidRPr="078A6913" w:rsidR="00837608">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidRPr="001D6433" w:rsidR="00570777" w:rsidP="336560DA" w:rsidRDefault="00570777" w14:paraId="7A105777" w14:textId="5CA4D423">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="001D6433" w:rsidR="00570777" w:rsidP="336560DA" w:rsidRDefault="00570777" w14:paraId="399685E3" w14:textId="6245DB5F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidRPr="001D6433" w:rsidR="00570777" w:rsidSect="00570777">
       <w:headerReference w:type="default" r:id="rId16"/>
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="11880" w:h="16800" w:orient="portrait"/>
@@ -8729,50 +8740,51 @@
     <w:rsid w:val="05703F98"/>
     <w:rsid w:val="059AF9EB"/>
     <w:rsid w:val="05AFC051"/>
     <w:rsid w:val="05BB9DD0"/>
     <w:rsid w:val="05C3C7D2"/>
     <w:rsid w:val="05F8BD5F"/>
     <w:rsid w:val="0622B86A"/>
     <w:rsid w:val="0645CAA5"/>
     <w:rsid w:val="064CC30C"/>
     <w:rsid w:val="0657D5A2"/>
     <w:rsid w:val="06594010"/>
     <w:rsid w:val="0663B633"/>
     <w:rsid w:val="066DB198"/>
     <w:rsid w:val="067F6EB2"/>
     <w:rsid w:val="0692BF47"/>
     <w:rsid w:val="06AF975D"/>
     <w:rsid w:val="06DF2272"/>
     <w:rsid w:val="06F24D10"/>
     <w:rsid w:val="070DD2E9"/>
     <w:rsid w:val="072585BA"/>
     <w:rsid w:val="0744745C"/>
     <w:rsid w:val="0744AD62"/>
     <w:rsid w:val="074869C7"/>
     <w:rsid w:val="077A31A0"/>
     <w:rsid w:val="0780F4B8"/>
+    <w:rsid w:val="078A6913"/>
     <w:rsid w:val="0796489A"/>
     <w:rsid w:val="07A28DB8"/>
     <w:rsid w:val="07A741E8"/>
     <w:rsid w:val="07B28D81"/>
     <w:rsid w:val="07BC9E4D"/>
     <w:rsid w:val="07BF5856"/>
     <w:rsid w:val="07D4B87D"/>
     <w:rsid w:val="07EB2723"/>
     <w:rsid w:val="082E2100"/>
     <w:rsid w:val="084E6B78"/>
     <w:rsid w:val="085CA43C"/>
     <w:rsid w:val="08671B0D"/>
     <w:rsid w:val="086893CB"/>
     <w:rsid w:val="088B2E0A"/>
     <w:rsid w:val="08940DF7"/>
     <w:rsid w:val="08965A92"/>
     <w:rsid w:val="08973FBD"/>
     <w:rsid w:val="08ACCF93"/>
     <w:rsid w:val="08AD3C17"/>
     <w:rsid w:val="08D33629"/>
     <w:rsid w:val="0936D489"/>
     <w:rsid w:val="09396376"/>
     <w:rsid w:val="094C606B"/>
     <w:rsid w:val="09745A0D"/>
     <w:rsid w:val="097B73F0"/>
@@ -8857,50 +8869,51 @@
     <w:rsid w:val="10722CF2"/>
     <w:rsid w:val="10934B33"/>
     <w:rsid w:val="10AA52E9"/>
     <w:rsid w:val="10C3754A"/>
     <w:rsid w:val="10D6C549"/>
     <w:rsid w:val="10EABF8A"/>
     <w:rsid w:val="10EDD3FD"/>
     <w:rsid w:val="10EF4C0D"/>
     <w:rsid w:val="10FFE6AF"/>
     <w:rsid w:val="11253AA2"/>
     <w:rsid w:val="112CF30E"/>
     <w:rsid w:val="113A1779"/>
     <w:rsid w:val="113E9D79"/>
     <w:rsid w:val="11961495"/>
     <w:rsid w:val="119D1F72"/>
     <w:rsid w:val="11D1E127"/>
     <w:rsid w:val="11E5F073"/>
     <w:rsid w:val="11E85001"/>
     <w:rsid w:val="11F2A634"/>
     <w:rsid w:val="11FFB3E9"/>
     <w:rsid w:val="12069EB6"/>
     <w:rsid w:val="120DFD53"/>
     <w:rsid w:val="12189CF5"/>
     <w:rsid w:val="122D2321"/>
     <w:rsid w:val="124322C3"/>
+    <w:rsid w:val="125154EE"/>
     <w:rsid w:val="128B1C6E"/>
     <w:rsid w:val="1294FF0D"/>
     <w:rsid w:val="12B0C8B7"/>
     <w:rsid w:val="12D4B57E"/>
     <w:rsid w:val="12ED5C62"/>
     <w:rsid w:val="12FA2CCF"/>
     <w:rsid w:val="130914E7"/>
     <w:rsid w:val="1340C18C"/>
     <w:rsid w:val="13461FB5"/>
     <w:rsid w:val="136D4B8A"/>
     <w:rsid w:val="13D22F38"/>
     <w:rsid w:val="13DC0B65"/>
     <w:rsid w:val="14283D46"/>
     <w:rsid w:val="142E60AA"/>
     <w:rsid w:val="14365C16"/>
     <w:rsid w:val="143AA7DE"/>
     <w:rsid w:val="146BF1E0"/>
     <w:rsid w:val="14913198"/>
     <w:rsid w:val="14A0957D"/>
     <w:rsid w:val="14B5549A"/>
     <w:rsid w:val="14BACB0C"/>
     <w:rsid w:val="14DE43E7"/>
     <w:rsid w:val="14E7C0EB"/>
     <w:rsid w:val="150F9E6A"/>
     <w:rsid w:val="151EF142"/>
@@ -9422,50 +9435,51 @@
     <w:rsid w:val="41CC046D"/>
     <w:rsid w:val="41EE3274"/>
     <w:rsid w:val="420BB1CC"/>
     <w:rsid w:val="42143F87"/>
     <w:rsid w:val="4228A012"/>
     <w:rsid w:val="4253E0CC"/>
     <w:rsid w:val="42A3447A"/>
     <w:rsid w:val="42D61348"/>
     <w:rsid w:val="42E65D76"/>
     <w:rsid w:val="4309B4BE"/>
     <w:rsid w:val="43231576"/>
     <w:rsid w:val="432A55A4"/>
     <w:rsid w:val="43670A27"/>
     <w:rsid w:val="4374037E"/>
     <w:rsid w:val="438F289F"/>
     <w:rsid w:val="43AC737F"/>
     <w:rsid w:val="43B7CD95"/>
     <w:rsid w:val="43DEB7F0"/>
     <w:rsid w:val="43E2B086"/>
     <w:rsid w:val="43F1310B"/>
     <w:rsid w:val="440CB666"/>
     <w:rsid w:val="44198E7F"/>
     <w:rsid w:val="444484AE"/>
     <w:rsid w:val="4477C212"/>
     <w:rsid w:val="449D5820"/>
+    <w:rsid w:val="44A16AC3"/>
     <w:rsid w:val="44D4FA2B"/>
     <w:rsid w:val="44E0B047"/>
     <w:rsid w:val="44F003BB"/>
     <w:rsid w:val="44F3F6C1"/>
     <w:rsid w:val="450598EE"/>
     <w:rsid w:val="452D9F81"/>
     <w:rsid w:val="4547BBC7"/>
     <w:rsid w:val="45634FD9"/>
     <w:rsid w:val="45660009"/>
     <w:rsid w:val="456A385F"/>
     <w:rsid w:val="45762FB7"/>
     <w:rsid w:val="45A52377"/>
     <w:rsid w:val="45B73B07"/>
     <w:rsid w:val="45BC4D80"/>
     <w:rsid w:val="45D11963"/>
     <w:rsid w:val="45D16D88"/>
     <w:rsid w:val="45D49149"/>
     <w:rsid w:val="45DFCF65"/>
     <w:rsid w:val="46115AEC"/>
     <w:rsid w:val="46152FAB"/>
     <w:rsid w:val="4666840F"/>
     <w:rsid w:val="46980BB8"/>
     <w:rsid w:val="46984A50"/>
     <w:rsid w:val="46A5EB81"/>
     <w:rsid w:val="46AEF140"/>
@@ -12370,61 +12384,61 @@
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{944C272C-CB48-4372-A722-02CAC97DC483}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="42af17ff-dac7-491c-95b1-f710dfaea1f9"/>
     <ds:schemaRef ds:uri="6c16959e-a6c3-4a2b-a654-f34cbbe8085f"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Normal</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company>University of London</ap:Company>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Spela Gruden</dc:creator>
-  <cp:keywords/>
-[...2 lines deleted...]
-  <cp:lastPrinted></cp:lastPrinted>
+  <keywords/>
+  <lastModifiedBy>Lisa Stubbings</lastModifiedBy>
+  <revision>5</revision>
+  <lastPrinted>2017-07-13T19:37:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</cp:coreProperties>
+</coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001C8F621482F98C4384B94E95C5482199</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="QMULDepartment">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="QMULDocumentType">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="QMULSchool">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="TaxKeyword">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="QMULDocumentStatus">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="QMULInformationClassification">
     <vt:lpwstr>1;#Protect|9124d8d9-0c1c-41e9-aa14-aba001e9a028</vt:lpwstr>
   </property>