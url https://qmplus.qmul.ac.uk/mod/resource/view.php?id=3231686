--- v0 (2025-10-25)
+++ v1 (2025-12-16)
@@ -2694,51 +2694,51 @@
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9915" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="6210"/>
         <w:gridCol w:w="1500"/>
         <w:gridCol w:w="975"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00DC372A" w:rsidR="00D65157" w:rsidTr="696490F5" w14:paraId="47DD5B9D" w14:textId="77777777">
+      <w:tr w:rsidRPr="00DC372A" w:rsidR="00D65157" w:rsidTr="540BBDFA" w14:paraId="47DD5B9D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9915" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="003E4B16" w:rsidR="00D65157" w:rsidP="1C8F51DF" w:rsidRDefault="00D65157" w14:paraId="35627502" w14:textId="0E5AD073">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:jc w:val="center"/>
@@ -2818,51 +2818,51 @@
                 <w:caps/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="274D9DBB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
             <w:r w:rsidR="00AE7D81">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00835800" w:rsidR="00D65157" w:rsidTr="696490F5" w14:paraId="2D68125C" w14:textId="77777777">
+      <w:tr w:rsidRPr="00835800" w:rsidR="00D65157" w:rsidTr="540BBDFA" w14:paraId="2D68125C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9915" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="003E4B16" w:rsidR="6F02DDCC" w:rsidP="20637657" w:rsidRDefault="3E56A950" w14:paraId="0E24CE22" w14:textId="453BFB8B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
@@ -3140,51 +3140,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>You cannot take modules twice (e.g. If you took a module in your first year, you cannot take it again in your second year of study).</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="003E4B16" w:rsidR="00D65157" w:rsidP="00D937FA" w:rsidRDefault="00D65157" w14:paraId="4E299C90" w14:textId="2B79068C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="164"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00835800" w:rsidR="00D65157" w:rsidTr="696490F5" w14:paraId="63DFDB29" w14:textId="77777777">
+      <w:tr w:rsidRPr="00835800" w:rsidR="00D65157" w:rsidTr="540BBDFA" w14:paraId="63DFDB29" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="003E4B16" w:rsidR="00D65157" w:rsidP="1C8F51DF" w:rsidRDefault="00D65157" w14:paraId="0C95294B" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
@@ -3254,51 +3254,51 @@
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="003E4B16" w:rsidR="00D65157" w:rsidP="1C8F51DF" w:rsidRDefault="00D65157" w14:paraId="18C8A147" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E4B16">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00835800" w:rsidR="27E7C9CB" w:rsidTr="696490F5" w14:paraId="4EC8C8F3" w14:textId="77777777">
+      <w:tr w:rsidRPr="00835800" w:rsidR="27E7C9CB" w:rsidTr="540BBDFA" w14:paraId="4EC8C8F3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00C47D68" w:rsidR="27E7C9CB" w:rsidP="1C8F51DF" w:rsidRDefault="02E17C33" w14:paraId="40EA7B62" w14:textId="408B930B">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -3429,51 +3429,51 @@
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00C47D68" w:rsidR="1E989A81" w:rsidP="1C8F51DF" w:rsidRDefault="02E17C33" w14:paraId="2C314833" w14:textId="0948A12C">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C47D68">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00835800" w:rsidR="00BC38DE" w:rsidTr="696490F5" w14:paraId="0470AF16" w14:textId="77777777">
+      <w:tr w:rsidRPr="00835800" w:rsidR="00BC38DE" w:rsidTr="540BBDFA" w14:paraId="0470AF16" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="004B5326" w:rsidR="00BC38DE" w:rsidP="1C8F51DF" w:rsidRDefault="001A15BE" w14:paraId="39433449" w14:textId="15E834CF">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -3561,51 +3561,51 @@
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="004B5326" w:rsidR="00BC38DE" w:rsidP="1C8F51DF" w:rsidRDefault="001A15BE" w14:paraId="4A85A751" w14:textId="6A1E0891">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B5326">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00835800" w:rsidR="00D937FA" w:rsidTr="696490F5" w14:paraId="5368FA92" w14:textId="77777777">
+      <w:tr w:rsidRPr="00835800" w:rsidR="00D937FA" w:rsidTr="540BBDFA" w14:paraId="5368FA92" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="004B5326" w:rsidR="00D937FA" w:rsidP="1C8F51DF" w:rsidRDefault="001A15BE" w14:paraId="7F9BCCC9" w14:textId="4D18DE0F">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -3693,51 +3693,51 @@
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="004B5326" w:rsidR="00D937FA" w:rsidP="1C8F51DF" w:rsidRDefault="001A15BE" w14:paraId="54EAEBE8" w14:textId="608E022A">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B5326">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="137A4C3E" w:rsidTr="696490F5" w14:paraId="26B15416">
+      <w:tr w:rsidR="137A4C3E" w:rsidTr="540BBDFA" w14:paraId="26B15416">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="137A4C3E" w:rsidP="137A4C3E" w:rsidRDefault="137A4C3E" w14:paraId="416E9CDF" w14:textId="4CCB1B5E">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
@@ -3838,51 +3838,51 @@
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="137A4C3E" w:rsidP="137A4C3E" w:rsidRDefault="137A4C3E" w14:paraId="1DC066DD" w14:textId="0F3E8007">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="137A4C3E" w:rsidR="137A4C3E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00835800" w:rsidR="00D937FA" w:rsidTr="696490F5" w14:paraId="1527CCAD" w14:textId="77777777">
+      <w:tr w:rsidRPr="00835800" w:rsidR="00D937FA" w:rsidTr="540BBDFA" w14:paraId="1527CCAD" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="004B5326" w:rsidR="00D937FA" w:rsidP="1C8F51DF" w:rsidRDefault="001A15BE" w14:paraId="6A3495C6" w14:textId="3EB4937F">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -3970,51 +3970,51 @@
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="004B5326" w:rsidR="00D937FA" w:rsidP="1C8F51DF" w:rsidRDefault="001A15BE" w14:paraId="457ADAC7" w14:textId="75B8E306">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B5326">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00835800" w:rsidR="00D937FA" w:rsidTr="696490F5" w14:paraId="726EAD47" w14:textId="77777777">
+      <w:tr w:rsidRPr="00835800" w:rsidR="00D937FA" w:rsidTr="540BBDFA" w14:paraId="726EAD47" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="004B5326" w:rsidR="00D937FA" w:rsidP="1C8F51DF" w:rsidRDefault="001A15BE" w14:paraId="32E3CE28" w14:textId="4D9F9E89">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -4102,51 +4102,51 @@
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="004B5326" w:rsidR="00D937FA" w:rsidP="1C8F51DF" w:rsidRDefault="001A15BE" w14:paraId="6D1C517A" w14:textId="06209F0B">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B5326">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00835800" w:rsidR="00D937FA" w:rsidTr="696490F5" w14:paraId="7038D1FF" w14:textId="77777777">
+      <w:tr w:rsidRPr="00835800" w:rsidR="00D937FA" w:rsidTr="540BBDFA" w14:paraId="7038D1FF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="004B5326" w:rsidR="00D937FA" w:rsidP="1C8F51DF" w:rsidRDefault="004B5326" w14:paraId="1AFA75A8" w14:textId="17E2136D">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -4234,83 +4234,89 @@
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="004B5326" w:rsidR="00D937FA" w:rsidP="1C8F51DF" w:rsidRDefault="004B5326" w14:paraId="33F59A9A" w14:textId="40137E04">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B5326">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00835800" w:rsidR="004B5326" w:rsidTr="696490F5" w14:paraId="5C81D03D" w14:textId="77777777">
+      <w:tr w:rsidRPr="00835800" w:rsidR="004B5326" w:rsidTr="540BBDFA" w14:paraId="5C81D03D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="004B5326" w:rsidR="004B5326" w:rsidP="1C8F51DF" w:rsidRDefault="004B5326" w14:paraId="7CA61D6C" w14:textId="7DD796FE">
+          <w:p w:rsidRPr="004B5326" w:rsidR="004B5326" w:rsidP="1C8F51DF" w:rsidRDefault="004B5326" w14:paraId="7CA61D6C" w14:textId="60CF0717">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="540BBDFA" w:rsidR="004B5326">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>LIN6060</w:t>
+            </w:r>
+            <w:r w:rsidRPr="540BBDFA" w:rsidR="270C7D68">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6210" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="004B5326" w:rsidR="004B5326" w:rsidP="1C8F51DF" w:rsidRDefault="004B5326" w14:paraId="0BC3B06C" w14:textId="20F13DA9">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -4366,83 +4372,89 @@
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="004B5326" w:rsidR="004B5326" w:rsidP="1C8F51DF" w:rsidRDefault="004B5326" w14:paraId="45CCCA83" w14:textId="32EDA196">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>15 (L6)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00835800" w:rsidR="004B5326" w:rsidTr="696490F5" w14:paraId="76EF2632" w14:textId="77777777">
+      <w:tr w:rsidRPr="00835800" w:rsidR="004B5326" w:rsidTr="540BBDFA" w14:paraId="76EF2632" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="004B5326" w:rsidR="004B5326" w:rsidP="1C8F51DF" w:rsidRDefault="004B5326" w14:paraId="7B1EAD64" w14:textId="546EAF71">
+          <w:p w:rsidRPr="004B5326" w:rsidR="004B5326" w:rsidP="1C8F51DF" w:rsidRDefault="004B5326" w14:paraId="7B1EAD64" w14:textId="49A201FC">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="540BBDFA" w:rsidR="004B5326">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>LIN6213</w:t>
+            </w:r>
+            <w:r w:rsidRPr="540BBDFA" w:rsidR="225695F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6210" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="004B5326" w:rsidR="004B5326" w:rsidP="1C8F51DF" w:rsidRDefault="004B5326" w14:paraId="62EED17C" w14:textId="0DAD3108">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -4498,51 +4510,51 @@
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="004B5326" w:rsidR="004B5326" w:rsidP="1C8F51DF" w:rsidRDefault="004B5326" w14:paraId="0CA0266F" w14:textId="6D5B6ECA">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>15 (L6)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00835800" w:rsidR="00892DB8" w:rsidTr="696490F5" w14:paraId="680F37FA" w14:textId="77777777">
+      <w:tr w:rsidRPr="00835800" w:rsidR="00892DB8" w:rsidTr="540BBDFA" w14:paraId="680F37FA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="003E4B16" w:rsidR="00892DB8" w:rsidP="00892DB8" w:rsidRDefault="204B9145" w14:paraId="668A673D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
@@ -4612,51 +4624,51 @@
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="003E4B16" w:rsidR="00892DB8" w:rsidP="00892DB8" w:rsidRDefault="00892DB8" w14:paraId="42EF0E95" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E4B16">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D937FA" w:rsidTr="696490F5" w14:paraId="3B00CA78" w14:textId="77777777">
+      <w:tr w:rsidR="00D937FA" w:rsidTr="540BBDFA" w14:paraId="3B00CA78" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00D937FA" w:rsidR="00D937FA" w:rsidP="71475D83" w:rsidRDefault="00D937FA" w14:paraId="14260F5F" w14:textId="410FF234">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -4763,51 +4775,51 @@
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00D937FA" w:rsidR="00D937FA" w:rsidP="71475D83" w:rsidRDefault="00D937FA" w14:paraId="51D6DD9E" w14:textId="20B49466">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D937FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D937FA" w:rsidTr="696490F5" w14:paraId="487F3126" w14:textId="77777777">
+      <w:tr w:rsidR="00D937FA" w:rsidTr="540BBDFA" w14:paraId="487F3126" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00D937FA" w:rsidR="00D937FA" w:rsidP="71475D83" w:rsidRDefault="00D937FA" w14:paraId="30289335" w14:textId="21749FD2">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -4914,51 +4926,51 @@
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00D937FA" w:rsidR="00D937FA" w:rsidP="71475D83" w:rsidRDefault="00D937FA" w14:paraId="50D9A441" w14:textId="35F95E08">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D937FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00892DB8" w:rsidTr="696490F5" w14:paraId="0353F4FB" w14:textId="77777777">
+      <w:tr w:rsidR="00892DB8" w:rsidTr="540BBDFA" w14:paraId="0353F4FB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00C47D68" w:rsidR="00892DB8" w:rsidP="71475D83" w:rsidRDefault="204B9145" w14:paraId="5AE20826" w14:textId="5F9E1535">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -5050,51 +5062,51 @@
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00C47D68" w:rsidR="00892DB8" w:rsidP="71475D83" w:rsidRDefault="00892DB8" w14:paraId="4902F7B0" w14:textId="0CF9DA5D">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="71475D83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D68" w:rsidTr="696490F5" w14:paraId="0D5F901E" w14:textId="77777777">
+      <w:tr w:rsidR="00C47D68" w:rsidTr="540BBDFA" w14:paraId="0D5F901E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00C47D68" w:rsidR="00C47D68" w:rsidP="71475D83" w:rsidRDefault="00C47D68" w14:paraId="7916E735" w14:textId="699EA8BE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -5188,51 +5200,51 @@
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00C47D68" w:rsidR="00C47D68" w:rsidP="71475D83" w:rsidRDefault="00C47D68" w14:paraId="2BD10953" w14:textId="4643205C">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="71475D83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B5326" w:rsidTr="696490F5" w14:paraId="78EDA99E" w14:textId="77777777">
+      <w:tr w:rsidR="004B5326" w:rsidTr="540BBDFA" w14:paraId="78EDA99E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00C47D68" w:rsidR="004B5326" w:rsidP="004B5326" w:rsidRDefault="004B5326" w14:paraId="01804069" w14:textId="5C6BA6D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -5332,51 +5344,51 @@
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00C47D68" w:rsidR="004B5326" w:rsidP="004B5326" w:rsidRDefault="004B5326" w14:paraId="4C984240" w14:textId="4BC15D97">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="71475D83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B5326" w:rsidTr="696490F5" w14:paraId="415BA411" w14:textId="77777777">
+      <w:tr w:rsidR="004B5326" w:rsidTr="540BBDFA" w14:paraId="415BA411" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00C47D68" w:rsidR="004B5326" w:rsidP="004B5326" w:rsidRDefault="004B5326" w14:paraId="44053AB3" w14:textId="250A84CC">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5463,51 +5475,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00C47D68" w:rsidR="004B5326" w:rsidP="004B5326" w:rsidRDefault="004B5326" w14:paraId="3DD42732" w14:textId="677A26DE">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="71475D83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00C77CF1" w:rsidR="004B5326" w:rsidTr="696490F5" w14:paraId="1DB638A0" w14:textId="77777777">
+      <w:tr w:rsidRPr="00C77CF1" w:rsidR="004B5326" w:rsidTr="540BBDFA" w14:paraId="1DB638A0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00C47D68" w:rsidR="004B5326" w:rsidP="004B5326" w:rsidRDefault="004B5326" w14:paraId="45A92D83" w14:textId="6B092556">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -5595,51 +5607,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00C47D68" w:rsidR="004B5326" w:rsidP="004B5326" w:rsidRDefault="004B5326" w14:paraId="169CF02A" w14:textId="250D2335">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="71475D83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B5326" w:rsidTr="696490F5" w14:paraId="6774A0FC" w14:textId="77777777">
+      <w:tr w:rsidR="004B5326" w:rsidTr="540BBDFA" w14:paraId="6774A0FC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00C47D68" w:rsidR="004B5326" w:rsidP="004B5326" w:rsidRDefault="004B5326" w14:paraId="6886E471" w14:textId="66AA2E4C">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -5725,51 +5737,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00C47D68" w:rsidR="004B5326" w:rsidP="004B5326" w:rsidRDefault="004B5326" w14:paraId="724A5D3F" w14:textId="6742CB8A">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="71475D83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00C77CF1" w:rsidR="004B5326" w:rsidTr="696490F5" w14:paraId="6CAB1CDB" w14:textId="77777777">
+      <w:tr w:rsidRPr="00C77CF1" w:rsidR="004B5326" w:rsidTr="540BBDFA" w14:paraId="6CAB1CDB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00C47D68" w:rsidR="004B5326" w:rsidP="004B5326" w:rsidRDefault="004B5326" w14:paraId="59FCF84B" w14:textId="241B8770">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -5853,51 +5865,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00C47D68" w:rsidR="004B5326" w:rsidP="004B5326" w:rsidRDefault="004B5326" w14:paraId="06830D8A" w14:textId="554AF357">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00C77CF1" w:rsidR="00AE7D81" w:rsidTr="696490F5" w14:paraId="3A82FC0C" w14:textId="77777777">
+      <w:tr w:rsidRPr="00C77CF1" w:rsidR="00AE7D81" w:rsidTr="540BBDFA" w14:paraId="3A82FC0C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00C47D68" w:rsidR="00AE7D81" w:rsidP="00AE7D81" w:rsidRDefault="00AE7D81" w14:paraId="3C5FC787" w14:textId="58162E7C">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -5982,51 +5994,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="003E4B16" w:rsidR="00AE7D81" w:rsidP="00AE7D81" w:rsidRDefault="00AE7D81" w14:paraId="245DB8B0" w14:textId="63EE51D7">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="71475D83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE7D81" w:rsidTr="696490F5" w14:paraId="7465B06C" w14:textId="77777777">
+      <w:tr w:rsidR="00AE7D81" w:rsidTr="540BBDFA" w14:paraId="7465B06C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00C47D68" w:rsidR="00AE7D81" w:rsidP="00AE7D81" w:rsidRDefault="00AE7D81" w14:paraId="4F6E91EB" w14:textId="06065342">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -6114,51 +6126,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00C47D68" w:rsidR="00AE7D81" w:rsidP="00AE7D81" w:rsidRDefault="00AE7D81" w14:paraId="44FB367A" w14:textId="15BE6D2C">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="71475D83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE7D81" w:rsidTr="696490F5" w14:paraId="1B3360DA" w14:textId="77777777">
+      <w:tr w:rsidR="00AE7D81" w:rsidTr="540BBDFA" w14:paraId="1B3360DA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00F44840" w:rsidR="00AE7D81" w:rsidP="00AE7D81" w:rsidRDefault="00AE7D81" w14:paraId="02C50FA3" w14:textId="567250F3">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -6244,51 +6256,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00F44840" w:rsidR="00AE7D81" w:rsidP="00AE7D81" w:rsidRDefault="00AE7D81" w14:paraId="595C0E1D" w14:textId="33CA6480">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE7D81" w:rsidTr="696490F5" w14:paraId="7FEC44EC" w14:textId="77777777">
+      <w:tr w:rsidR="00AE7D81" w:rsidTr="540BBDFA" w14:paraId="7FEC44EC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background2" w:themeFillTint="99"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001A15BE" w:rsidR="00AE7D81" w:rsidP="00AE7D81" w:rsidRDefault="00AE7D81" w14:paraId="715FF422" w14:textId="162469A7">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
@@ -6360,51 +6372,51 @@
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001A15BE" w:rsidR="00AE7D81" w:rsidP="00AE7D81" w:rsidRDefault="00AE7D81" w14:paraId="07E1E3C9" w14:textId="4732A588">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:highlight w:val="darkGray"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A15BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:highlight w:val="darkGray"/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE7D81" w:rsidTr="696490F5" w14:paraId="782CCD94" w14:textId="77777777">
+      <w:tr w:rsidR="00AE7D81" w:rsidTr="540BBDFA" w14:paraId="782CCD94" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00D937FA" w:rsidR="00AE7D81" w:rsidP="00AE7D81" w:rsidRDefault="00AE7D81" w14:paraId="164229B6" w14:textId="2EA29631">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -6504,51 +6516,51 @@
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00D937FA" w:rsidR="00AE7D81" w:rsidP="00AE7D81" w:rsidRDefault="00AE7D81" w14:paraId="0D3CFFC5" w14:textId="02FD3925">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00835800" w:rsidR="00AE7D81" w:rsidTr="696490F5" w14:paraId="2C7295FC" w14:textId="77777777">
+      <w:tr w:rsidRPr="00835800" w:rsidR="00AE7D81" w:rsidTr="540BBDFA" w14:paraId="2C7295FC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9915" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="003E4B16" w:rsidR="00AE7D81" w:rsidP="00AE7D81" w:rsidRDefault="00AE7D81" w14:paraId="23DB32CC" w14:textId="0C6C828A">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:jc w:val="center"/>
@@ -8755,50 +8767,51 @@
     <w:rsid w:val="1FEA1D20"/>
     <w:rsid w:val="1FEC53EC"/>
     <w:rsid w:val="2001752E"/>
     <w:rsid w:val="202656C3"/>
     <w:rsid w:val="202FE126"/>
     <w:rsid w:val="20367243"/>
     <w:rsid w:val="204B9145"/>
     <w:rsid w:val="2052F45A"/>
     <w:rsid w:val="20623FC4"/>
     <w:rsid w:val="20637657"/>
     <w:rsid w:val="20A29E75"/>
     <w:rsid w:val="20B5D903"/>
     <w:rsid w:val="20C6E013"/>
     <w:rsid w:val="20DCC3BE"/>
     <w:rsid w:val="210EEE2F"/>
     <w:rsid w:val="213F9B3B"/>
     <w:rsid w:val="215482C0"/>
     <w:rsid w:val="218F2562"/>
     <w:rsid w:val="21A3FA6C"/>
     <w:rsid w:val="21E614D0"/>
     <w:rsid w:val="21F81A91"/>
     <w:rsid w:val="2207BE61"/>
     <w:rsid w:val="2209E3B1"/>
     <w:rsid w:val="220D8ADB"/>
     <w:rsid w:val="2241C428"/>
+    <w:rsid w:val="225695F1"/>
     <w:rsid w:val="22713A4C"/>
     <w:rsid w:val="228DFB4D"/>
     <w:rsid w:val="229D36DA"/>
     <w:rsid w:val="22AE474B"/>
     <w:rsid w:val="22BB9D05"/>
     <w:rsid w:val="22CA038F"/>
     <w:rsid w:val="22D09B9A"/>
     <w:rsid w:val="22DC8602"/>
     <w:rsid w:val="2319478D"/>
     <w:rsid w:val="2327771A"/>
     <w:rsid w:val="232A076D"/>
     <w:rsid w:val="23352DD9"/>
     <w:rsid w:val="234E9F60"/>
     <w:rsid w:val="235AAFED"/>
     <w:rsid w:val="23722738"/>
     <w:rsid w:val="237723A3"/>
     <w:rsid w:val="2397C3BC"/>
     <w:rsid w:val="23A51523"/>
     <w:rsid w:val="23D04F74"/>
     <w:rsid w:val="23D8215B"/>
     <w:rsid w:val="23DE5011"/>
     <w:rsid w:val="23FE80D5"/>
     <w:rsid w:val="24328C3A"/>
     <w:rsid w:val="2460432C"/>
     <w:rsid w:val="2470D711"/>
@@ -8813,50 +8826,51 @@
     <w:rsid w:val="24E06BAF"/>
     <w:rsid w:val="24EA14BC"/>
     <w:rsid w:val="251B07CF"/>
     <w:rsid w:val="2529CF53"/>
     <w:rsid w:val="252B8937"/>
     <w:rsid w:val="255039FE"/>
     <w:rsid w:val="2561FD7A"/>
     <w:rsid w:val="25734531"/>
     <w:rsid w:val="258AD1CB"/>
     <w:rsid w:val="25982422"/>
     <w:rsid w:val="25D1EE19"/>
     <w:rsid w:val="25D7DA8F"/>
     <w:rsid w:val="25EF56D5"/>
     <w:rsid w:val="25F60D5A"/>
     <w:rsid w:val="25F9F384"/>
     <w:rsid w:val="25FF14F8"/>
     <w:rsid w:val="26034DA4"/>
     <w:rsid w:val="260601AD"/>
     <w:rsid w:val="2607A95D"/>
     <w:rsid w:val="2662BFC7"/>
     <w:rsid w:val="2662F9A2"/>
     <w:rsid w:val="2679BFA6"/>
     <w:rsid w:val="267D6D04"/>
     <w:rsid w:val="268FB255"/>
     <w:rsid w:val="2707D7CA"/>
+    <w:rsid w:val="270C7D68"/>
     <w:rsid w:val="271381EE"/>
     <w:rsid w:val="272E2A05"/>
     <w:rsid w:val="27384D9C"/>
     <w:rsid w:val="274D9DBB"/>
     <w:rsid w:val="2774B188"/>
     <w:rsid w:val="2782920C"/>
     <w:rsid w:val="27895B3A"/>
     <w:rsid w:val="279ACF46"/>
     <w:rsid w:val="27A7C3C6"/>
     <w:rsid w:val="27E7C9CB"/>
     <w:rsid w:val="27EAA63E"/>
     <w:rsid w:val="27F27353"/>
     <w:rsid w:val="2804F099"/>
     <w:rsid w:val="28193D65"/>
     <w:rsid w:val="2829B5AC"/>
     <w:rsid w:val="28316D64"/>
     <w:rsid w:val="283FCA30"/>
     <w:rsid w:val="28413CDE"/>
     <w:rsid w:val="287B69B7"/>
     <w:rsid w:val="287E31C3"/>
     <w:rsid w:val="289BAF03"/>
     <w:rsid w:val="28A15E87"/>
     <w:rsid w:val="28A27EAF"/>
     <w:rsid w:val="28D5F0FA"/>
     <w:rsid w:val="28DBAF8B"/>
@@ -9339,50 +9353,51 @@
     <w:rsid w:val="51B3CD15"/>
     <w:rsid w:val="51B70D2F"/>
     <w:rsid w:val="51C95F88"/>
     <w:rsid w:val="51D1E3AE"/>
     <w:rsid w:val="51D324BF"/>
     <w:rsid w:val="51FE1F86"/>
     <w:rsid w:val="521DB98D"/>
     <w:rsid w:val="523A9358"/>
     <w:rsid w:val="523CB734"/>
     <w:rsid w:val="52456921"/>
     <w:rsid w:val="5256A8FC"/>
     <w:rsid w:val="52A041AD"/>
     <w:rsid w:val="52A71589"/>
     <w:rsid w:val="52C12899"/>
     <w:rsid w:val="52CA6118"/>
     <w:rsid w:val="52D0E3BC"/>
     <w:rsid w:val="53118193"/>
     <w:rsid w:val="53223DFE"/>
     <w:rsid w:val="534AE3A6"/>
     <w:rsid w:val="5378A6DF"/>
     <w:rsid w:val="5379DE71"/>
     <w:rsid w:val="537DB928"/>
     <w:rsid w:val="539E66AF"/>
     <w:rsid w:val="53BEF3E4"/>
     <w:rsid w:val="53D955E1"/>
+    <w:rsid w:val="540BBDFA"/>
     <w:rsid w:val="540EEA6A"/>
     <w:rsid w:val="544C286D"/>
     <w:rsid w:val="545C7D03"/>
     <w:rsid w:val="5464E462"/>
     <w:rsid w:val="54654F01"/>
     <w:rsid w:val="547642B4"/>
     <w:rsid w:val="5481BE54"/>
     <w:rsid w:val="5482EFBB"/>
     <w:rsid w:val="549C171D"/>
     <w:rsid w:val="54A5AFFB"/>
     <w:rsid w:val="54DBBB91"/>
     <w:rsid w:val="54E2169B"/>
     <w:rsid w:val="54F25CD5"/>
     <w:rsid w:val="551CD597"/>
     <w:rsid w:val="5543C308"/>
     <w:rsid w:val="555CAD80"/>
     <w:rsid w:val="556C3EBD"/>
     <w:rsid w:val="5581908F"/>
     <w:rsid w:val="5587F998"/>
     <w:rsid w:val="55887D2B"/>
     <w:rsid w:val="558F8E3D"/>
     <w:rsid w:val="5591164B"/>
     <w:rsid w:val="55B30C99"/>
     <w:rsid w:val="55E38E12"/>
     <w:rsid w:val="56121315"/>
@@ -11935,52 +11950,52 @@
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="42af17ff-dac7-491c-95b1-f710dfaea1f9" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="6c16959e-a6c3-4a2b-a654-f34cbbe8085f">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001C8F621482F98C4384B94E95C5482199" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7dde41c3cb7842231a7dd3ca0f10f983">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6c16959e-a6c3-4a2b-a654-f34cbbe8085f" xmlns:ns3="42af17ff-dac7-491c-95b1-f710dfaea1f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7aabc53559e980a1f478f21daccfc995" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001C8F621482F98C4384B94E95C5482199" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="26b3c2d702d51a7d40933d0a07659933">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6c16959e-a6c3-4a2b-a654-f34cbbe8085f" xmlns:ns3="42af17ff-dac7-491c-95b1-f710dfaea1f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3836231a409fe243d936b047f1517a77" ns2:_="" ns3:_="">
     <xsd:import namespace="6c16959e-a6c3-4a2b-a654-f34cbbe8085f"/>
     <xsd:import namespace="42af17ff-dac7-491c-95b1-f710dfaea1f9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -12167,94 +12182,79 @@
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EAEA9263-AC60-40F6-A2ED-C5460F17E026}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D8173BDC-F71A-45CD-95B0-98A0A07FCE75}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="42af17ff-dac7-491c-95b1-f710dfaea1f9"/>
     <ds:schemaRef ds:uri="6c16959e-a6c3-4a2b-a654-f34cbbe8085f"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B5C78A67-F8B6-4145-B867-4084C75793A8}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A66ECD54-0F23-4B08-BCB0-89D6083D7867}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Normal</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company>University of London</ap:Company>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Spela Gruden</dc:creator>
-  <keywords/>
-[...2 lines deleted...]
-  <lastPrinted>2022-08-01T11:36:00.0000000Z</lastPrinted>
+  <cp:keywords/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</coreProperties>
+</cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001C8F621482F98C4384B94E95C5482199</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="QMULDepartment">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="QMULDocumentType">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="QMULSchool">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="TaxKeyword">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="QMULDocumentStatus">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="QMULInformationClassification">
     <vt:lpwstr>1;#Protect|9124d8d9-0c1c-41e9-aa14-aba001e9a028</vt:lpwstr>
   </property>