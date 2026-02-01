--- v0 (2025-10-25)
+++ v1 (2026-02-01)
@@ -6,5101 +6,5470 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="0D2AEA51" w14:textId="033FDC04" w:rsidR="6EDE8D93" w:rsidRDefault="6EDE8D93" w:rsidP="6EDE8D93">
+    <w:p w:rsidR="6EDE8D93" w:rsidP="6EDE8D93" w:rsidRDefault="6EDE8D93" w14:paraId="0D2AEA51" w14:textId="033FDC04">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13051DBB" w14:textId="3243E6F4" w:rsidR="00002ECF" w:rsidRPr="00FF3226" w:rsidRDefault="01CDFFF5" w:rsidP="3D7303F2">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="00002ECF" w:rsidP="3D7303F2" w:rsidRDefault="01CDFFF5" w14:paraId="13051DBB" w14:textId="3243E6F4">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF3226">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="00172109">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>Sc</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF3226">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> Linguistic</w:t>
       </w:r>
-      <w:r w:rsidR="4570D7C0" w:rsidRPr="00FF3226">
+      <w:r w:rsidRPr="00FF3226" w:rsidR="4570D7C0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00172109">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> and AI</w:t>
       </w:r>
-      <w:r w:rsidR="38B95677" w:rsidRPr="00FF3226">
+      <w:r w:rsidRPr="00FF3226" w:rsidR="38B95677">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00897AA5">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
-      <w:r w:rsidR="38B95677" w:rsidRPr="00FF3226">
+      <w:r w:rsidRPr="00FF3226" w:rsidR="38B95677">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">ull </w:t>
       </w:r>
       <w:r w:rsidR="00897AA5">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="38B95677" w:rsidRPr="00FF3226">
+      <w:r w:rsidRPr="00FF3226" w:rsidR="38B95677">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>ime)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BF6EF9E" w14:textId="39DF7035" w:rsidR="4DEA94A5" w:rsidRPr="00FF3226" w:rsidRDefault="4DEA94A5" w:rsidP="3D7303F2">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="4DEA94A5" w:rsidP="3D7303F2" w:rsidRDefault="4DEA94A5" w14:paraId="0BF6EF9E" w14:textId="39DF7035">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46524E3F" w14:textId="2B4F0FB1" w:rsidR="00002ECF" w:rsidRPr="00FF3226" w:rsidRDefault="588ACDC3" w:rsidP="3D7303F2">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="00002ECF" w:rsidP="3D7303F2" w:rsidRDefault="588ACDC3" w14:paraId="46524E3F" w14:textId="2B4F0FB1">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF3226">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>PROGRAMME INFORMATION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4662046B" w14:textId="104DDE36" w:rsidR="009A6A7C" w:rsidRPr="00FF3226" w:rsidRDefault="009A6A7C" w:rsidP="4DC28C9B">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="009A6A7C" w:rsidP="4DC28C9B" w:rsidRDefault="009A6A7C" w14:paraId="4662046B" w14:textId="104DDE36">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79ECF3ED" w14:textId="2BC614DA" w:rsidR="03740ED7" w:rsidRPr="00FF3226" w:rsidRDefault="239C7D7E" w:rsidP="4DC28C9B">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="03740ED7" w:rsidP="4DC28C9B" w:rsidRDefault="03740ED7" w14:paraId="79ECF3ED" w14:textId="2BC614DA">
       <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="4DC28C9B">
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Full-time students</w:t>
       </w:r>
-      <w:r w:rsidRPr="4DC28C9B">
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> will complete 180 credits in total comprising of 75 credits of compulsory modules, 45 credits of optional) and a 60-credit dissertation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E5AE083" w14:textId="65BF66B8" w:rsidR="03740ED7" w:rsidRPr="00FF3226" w:rsidRDefault="239C7D7E" w:rsidP="4DC28C9B">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="03740ED7" w:rsidP="4DC28C9B" w:rsidRDefault="03740ED7" w14:paraId="4E5AE083" w14:textId="65BF66B8">
       <w:pPr>
         <w:pStyle w:val="Title"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
+        <w:jc w:val="center"/>
       </w:pPr>
-      <w:r w:rsidRPr="4DC28C9B">
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:strike w:val="0"/>
+          <w:dstrike w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E86CEFD" w14:textId="267B8117" w:rsidR="03740ED7" w:rsidRPr="00FF3226" w:rsidRDefault="239C7D7E" w:rsidP="4DC28C9B">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="03740ED7" w:rsidP="4DC28C9B" w:rsidRDefault="03740ED7" w14:paraId="3E86CEFD" w14:textId="267B8117">
       <w:pPr>
         <w:pStyle w:val="Title"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
+        <w:jc w:val="center"/>
       </w:pPr>
-      <w:r w:rsidRPr="4DC28C9B">
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:strike w:val="0"/>
+          <w:dstrike w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>MODULE REGISTRATION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67DAD96C" w14:textId="4194B4EE" w:rsidR="03740ED7" w:rsidRPr="00FF3226" w:rsidRDefault="239C7D7E" w:rsidP="4DC28C9B">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="03740ED7" w:rsidP="4DC28C9B" w:rsidRDefault="03740ED7" w14:paraId="67DAD96C" w14:textId="4194B4EE">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="2200"/>
           <w:tab w:val="left" w:pos="3300"/>
           <w:tab w:val="left" w:pos="4400"/>
           <w:tab w:val="left" w:pos="5500"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="left" w:pos="7700"/>
           <w:tab w:val="left" w:pos="8800"/>
         </w:tabs>
-        <w:spacing w:before="0" w:after="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="4DC28C9B">
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>How do I register for my modules?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09191BB1" w14:textId="0BC0F0B2" w:rsidR="03740ED7" w:rsidRPr="00FF3226" w:rsidRDefault="239C7D7E" w:rsidP="4DC28C9B">
-      <w:r w:rsidRPr="4DC28C9B">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="03740ED7" w:rsidP="4DC28C9B" w:rsidRDefault="03740ED7" w14:paraId="09191BB1" w14:textId="0BC0F0B2">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
+      </w:pPr>
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="763134E0" w14:textId="2B3C2DC0" w:rsidR="03740ED7" w:rsidRPr="00FF3226" w:rsidRDefault="239C7D7E" w:rsidP="4DC28C9B">
-      <w:r w:rsidRPr="4DC28C9B">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="03740ED7" w:rsidP="4DC28C9B" w:rsidRDefault="03740ED7" w14:paraId="763134E0" w14:textId="2B3C2DC0">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
+      </w:pPr>
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">You will register for your modules using </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10">
-        <w:r w:rsidRPr="4DC28C9B">
+      <w:hyperlink r:id="R846d8a00916a4a28">
+        <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>MySIS</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="4DC28C9B">
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>. The Module Registration Task will become available to you after you have completed the Pre-Enrolment task.</w:t>
       </w:r>
-      <w:r w:rsidRPr="4DC28C9B">
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Please log in and select the 'Module Registration' option. Your core or compulsory modules may have already been pre-selected for you and they cannot be changed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B29909B" w14:textId="4E89C2F4" w:rsidR="03740ED7" w:rsidRPr="00FF3226" w:rsidRDefault="239C7D7E" w:rsidP="4DC28C9B">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="03740ED7" w:rsidP="4DC28C9B" w:rsidRDefault="03740ED7" w14:paraId="2B29909B" w14:textId="4E89C2F4">
       <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="4DC28C9B">
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="008E15F8" w14:textId="388ACE6F" w:rsidR="03740ED7" w:rsidRPr="00FF3226" w:rsidRDefault="239C7D7E" w:rsidP="4DC28C9B">
-      <w:r w:rsidRPr="4DC28C9B">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="03740ED7" w:rsidP="4DC28C9B" w:rsidRDefault="03740ED7" w14:paraId="008E15F8" w14:textId="388ACE6F">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
+      </w:pPr>
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Before you start making module selections in MySIS please read the guidance below. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C0FA46B" w14:textId="7C433A2D" w:rsidR="03740ED7" w:rsidRPr="00FF3226" w:rsidRDefault="239C7D7E" w:rsidP="4DC28C9B">
-      <w:r w:rsidRPr="4DC28C9B">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="03740ED7" w:rsidP="4DC28C9B" w:rsidRDefault="03740ED7" w14:paraId="1C0FA46B" w14:textId="7C433A2D">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
+      </w:pPr>
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33683A24" w14:textId="10EF902F" w:rsidR="03740ED7" w:rsidRPr="00FF3226" w:rsidRDefault="239C7D7E" w:rsidP="4DC28C9B">
-      <w:r w:rsidRPr="4DC28C9B">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="03740ED7" w:rsidP="4DC28C9B" w:rsidRDefault="03740ED7" w14:paraId="33683A24" w14:textId="10EF902F">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
+      </w:pPr>
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>When you come to select the elective modules that you want to take you will be able to review the description of a module within MySIS by clicking on the module name.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D3BB414" w14:textId="345299CA" w:rsidR="03740ED7" w:rsidRPr="00FF3226" w:rsidRDefault="239C7D7E" w:rsidP="4DC28C9B">
-      <w:r w:rsidRPr="4DC28C9B">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="03740ED7" w:rsidP="4DC28C9B" w:rsidRDefault="03740ED7" w14:paraId="5D3BB414" w14:textId="345299CA">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
+      </w:pPr>
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6220A75F" w14:textId="691A4275" w:rsidR="03740ED7" w:rsidRPr="00FF3226" w:rsidRDefault="239C7D7E" w:rsidP="4DC28C9B">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="03740ED7" w:rsidP="4DC28C9B" w:rsidRDefault="03740ED7" w14:paraId="6220A75F" w14:textId="691A4275">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="2200"/>
           <w:tab w:val="left" w:pos="3300"/>
           <w:tab w:val="left" w:pos="4400"/>
           <w:tab w:val="left" w:pos="5500"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="left" w:pos="7700"/>
           <w:tab w:val="left" w:pos="8800"/>
         </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
       </w:pPr>
-      <w:r w:rsidRPr="4DC28C9B">
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>It is not possible to submit or approve a partial module selection, so make sure you have selected modules from both Semesters.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42DB7F20" w14:textId="3AB04F7D" w:rsidR="03740ED7" w:rsidRPr="00FF3226" w:rsidRDefault="239C7D7E" w:rsidP="4DC28C9B">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="03740ED7" w:rsidP="4DC28C9B" w:rsidRDefault="03740ED7" w14:paraId="42DB7F20" w14:textId="3AB04F7D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="2200"/>
           <w:tab w:val="left" w:pos="3300"/>
           <w:tab w:val="left" w:pos="4400"/>
           <w:tab w:val="left" w:pos="5500"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="left" w:pos="7700"/>
           <w:tab w:val="left" w:pos="8800"/>
         </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
       </w:pPr>
-      <w:r w:rsidRPr="4DC28C9B">
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6455C23C" w14:textId="2B872245" w:rsidR="03740ED7" w:rsidRPr="00FF3226" w:rsidRDefault="239C7D7E" w:rsidP="4DC28C9B">
-      <w:r w:rsidRPr="4DC28C9B">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="03740ED7" w:rsidP="4DC28C9B" w:rsidRDefault="03740ED7" w14:paraId="6455C23C" w14:textId="2B872245">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
+      </w:pPr>
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Module descriptions</w:t>
       </w:r>
-      <w:r w:rsidRPr="4DC28C9B">
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> are available from the QMUL Module Directory at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11">
-        <w:r w:rsidRPr="4DC28C9B">
+      <w:hyperlink r:id="R9882df779b744e11">
+        <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-            <w:bCs/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="1"/>
+            <w:bCs w:val="1"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>www.qmul.ac.uk/modules</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="4DC28C9B">
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B60C252" w14:textId="170584F6" w:rsidR="03740ED7" w:rsidRPr="00FF3226" w:rsidRDefault="239C7D7E" w:rsidP="4DC28C9B">
-      <w:r w:rsidRPr="6F9A6270">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="03740ED7" w:rsidP="4DC28C9B" w:rsidRDefault="03740ED7" w14:paraId="6B60C252" w14:textId="170584F6">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
+      </w:pPr>
+      <w:r w:rsidRPr="6F9A6270" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Module timetables</w:t>
       </w:r>
-      <w:r w:rsidRPr="6F9A6270">
+      <w:r w:rsidRPr="6F9A6270" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> are published from 1</w:t>
       </w:r>
-      <w:r w:rsidR="56C35E66" w:rsidRPr="6F9A6270">
+      <w:r w:rsidRPr="6F9A6270" w:rsidR="56C35E66">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>st</w:t>
       </w:r>
-      <w:r w:rsidRPr="6F9A6270">
+      <w:r w:rsidRPr="6F9A6270" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="56C35E66" w:rsidRPr="6F9A6270">
+      <w:r w:rsidRPr="6F9A6270" w:rsidR="56C35E66">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">September </w:t>
       </w:r>
-      <w:r w:rsidRPr="6F9A6270">
+      <w:r w:rsidRPr="6F9A6270" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12">
-        <w:r w:rsidRPr="6F9A6270">
+      <w:hyperlink r:id="Rb487b35e85424ff9">
+        <w:r w:rsidRPr="6F9A6270" w:rsidR="239C7D7E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-            <w:bCs/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="1"/>
+            <w:bCs w:val="1"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>timetables.qmul.ac.uk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="6F9A6270">
+      <w:r w:rsidRPr="6F9A6270" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:strike w:val="0"/>
+          <w:dstrike w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4204D191" w14:textId="7D6A14D0" w:rsidR="03740ED7" w:rsidRPr="00FF3226" w:rsidRDefault="239C7D7E" w:rsidP="4DC28C9B">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="03740ED7" w:rsidP="4DC28C9B" w:rsidRDefault="03740ED7" w14:paraId="4204D191" w14:textId="7D6A14D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="2200"/>
           <w:tab w:val="left" w:pos="3300"/>
           <w:tab w:val="left" w:pos="4400"/>
           <w:tab w:val="left" w:pos="5500"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="left" w:pos="7700"/>
           <w:tab w:val="left" w:pos="8800"/>
         </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
       </w:pPr>
-      <w:r w:rsidRPr="4DC28C9B">
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FE9BAEC" w14:textId="53D92323" w:rsidR="03740ED7" w:rsidRPr="00FF3226" w:rsidRDefault="239C7D7E" w:rsidP="4DC28C9B">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="03740ED7" w:rsidP="4DC28C9B" w:rsidRDefault="03740ED7" w14:paraId="2FE9BAEC" w14:textId="53D92323">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="2200"/>
           <w:tab w:val="left" w:pos="3300"/>
           <w:tab w:val="left" w:pos="4400"/>
           <w:tab w:val="left" w:pos="5500"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="left" w:pos="7700"/>
           <w:tab w:val="left" w:pos="8800"/>
         </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
       </w:pPr>
-      <w:r w:rsidRPr="53405FC2">
+      <w:r w:rsidRPr="53405FC2" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Please submit your selections in MySIS by 1</w:t>
+        <w:t xml:space="preserve">Please </w:t>
       </w:r>
-      <w:r w:rsidR="43B3CED2" w:rsidRPr="53405FC2">
+      <w:r w:rsidRPr="53405FC2" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>submit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="53405FC2" w:rsidR="239C7D7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> your selections in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="53405FC2" w:rsidR="239C7D7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>MySIS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="53405FC2" w:rsidR="239C7D7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="53405FC2" w:rsidR="43B3CED2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidRPr="53405FC2">
+      <w:r w:rsidRPr="53405FC2" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>th September 2025</w:t>
       </w:r>
-      <w:r w:rsidRPr="53405FC2">
+      <w:r w:rsidRPr="53405FC2" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="188A0A16" w14:textId="70A60917" w:rsidR="03740ED7" w:rsidRPr="00FF3226" w:rsidRDefault="239C7D7E" w:rsidP="4DC28C9B">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="03740ED7" w:rsidP="4DC28C9B" w:rsidRDefault="03740ED7" w14:paraId="188A0A16" w14:textId="70A60917">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="2200"/>
           <w:tab w:val="left" w:pos="3300"/>
           <w:tab w:val="left" w:pos="4400"/>
           <w:tab w:val="left" w:pos="5500"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="left" w:pos="7700"/>
           <w:tab w:val="left" w:pos="8800"/>
         </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
       </w:pPr>
-      <w:r w:rsidRPr="4DC28C9B">
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3388A21E" w14:textId="7045B54E" w:rsidR="03740ED7" w:rsidRPr="00FF3226" w:rsidRDefault="239C7D7E" w:rsidP="4DC28C9B">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="03740ED7" w:rsidP="4DC28C9B" w:rsidRDefault="03740ED7" w14:paraId="3388A21E" w14:textId="7045B54E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="2200"/>
           <w:tab w:val="left" w:pos="3300"/>
           <w:tab w:val="left" w:pos="4400"/>
           <w:tab w:val="left" w:pos="5500"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="left" w:pos="7700"/>
           <w:tab w:val="left" w:pos="8800"/>
         </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
       </w:pPr>
-      <w:r w:rsidRPr="4DC28C9B">
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Your submission will be considered after this date in the School’s approval process and may not be confirmed until after the Induction Meeting, where you will also be allocated an academic adviser who can offer further advice on your choice of elective modules.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7238E504" w14:textId="31776D79" w:rsidR="03740ED7" w:rsidRPr="00FF3226" w:rsidRDefault="239C7D7E" w:rsidP="4DC28C9B">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="03740ED7" w:rsidP="4DC28C9B" w:rsidRDefault="03740ED7" w14:paraId="7238E504" w14:textId="31776D79">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="2200"/>
           <w:tab w:val="left" w:pos="3300"/>
           <w:tab w:val="left" w:pos="4400"/>
           <w:tab w:val="left" w:pos="5500"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="left" w:pos="7700"/>
           <w:tab w:val="left" w:pos="8800"/>
         </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
       </w:pPr>
-      <w:r w:rsidRPr="4DC28C9B">
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="780A61C3" w14:textId="0896AB03" w:rsidR="03740ED7" w:rsidRPr="00FF3226" w:rsidRDefault="239C7D7E" w:rsidP="4DC28C9B">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="03740ED7" w:rsidP="4DC28C9B" w:rsidRDefault="03740ED7" w14:paraId="780A61C3" w14:textId="0896AB03">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="2200"/>
           <w:tab w:val="left" w:pos="3300"/>
           <w:tab w:val="left" w:pos="4400"/>
           <w:tab w:val="left" w:pos="5500"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="left" w:pos="7700"/>
           <w:tab w:val="left" w:pos="8800"/>
         </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
       </w:pPr>
-      <w:r w:rsidRPr="4DC28C9B">
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Some modules may become over or under subscribed, so you may be asked to change your selection at that time. You can request changes to approved modules within the first two weeks of Semester 1 using the same MySIS task.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DA5B4F9" w14:textId="3574A3D5" w:rsidR="03740ED7" w:rsidRPr="00FF3226" w:rsidRDefault="239C7D7E" w:rsidP="4DC28C9B">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="03740ED7" w:rsidP="4DC28C9B" w:rsidRDefault="03740ED7" w14:paraId="2DA5B4F9" w14:textId="3574A3D5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="2200"/>
           <w:tab w:val="left" w:pos="3300"/>
           <w:tab w:val="left" w:pos="4400"/>
           <w:tab w:val="left" w:pos="5500"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="left" w:pos="7700"/>
           <w:tab w:val="left" w:pos="8800"/>
         </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
       </w:pPr>
-      <w:r w:rsidRPr="4DC28C9B">
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="565CCF39" w14:textId="373891DA" w:rsidR="03740ED7" w:rsidRPr="00FF3226" w:rsidRDefault="239C7D7E" w:rsidP="4DC28C9B">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="03740ED7" w:rsidP="4DC28C9B" w:rsidRDefault="03740ED7" w14:paraId="565CCF39" w14:textId="373891DA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="2200"/>
           <w:tab w:val="left" w:pos="3300"/>
           <w:tab w:val="left" w:pos="4400"/>
           <w:tab w:val="left" w:pos="5500"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="left" w:pos="7700"/>
           <w:tab w:val="left" w:pos="8800"/>
         </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
       </w:pPr>
-      <w:r w:rsidRPr="4DC28C9B">
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>To make this process easier, we will ask you to provide us with some reserve modules. When you submit your main selection of modules, MySIS will open a new screen for you to select your reserves. You will need to select the required number of reserve modules from each selection box to be able to complete the submission.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65548887" w14:textId="1751F031" w:rsidR="03740ED7" w:rsidRPr="00FF3226" w:rsidRDefault="239C7D7E" w:rsidP="4DC28C9B">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="03740ED7" w:rsidP="4DC28C9B" w:rsidRDefault="03740ED7" w14:paraId="65548887" w14:textId="1751F031">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="2200"/>
           <w:tab w:val="left" w:pos="3300"/>
           <w:tab w:val="left" w:pos="4400"/>
           <w:tab w:val="left" w:pos="5500"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="left" w:pos="7700"/>
           <w:tab w:val="left" w:pos="8800"/>
         </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
       </w:pPr>
-      <w:r w:rsidRPr="4DC28C9B">
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4452EE44" w14:textId="6AF0EB55" w:rsidR="03740ED7" w:rsidRPr="00FF3226" w:rsidRDefault="239C7D7E" w:rsidP="4DC28C9B">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="03740ED7" w:rsidP="4DC28C9B" w:rsidRDefault="03740ED7" w14:paraId="4452EE44" w14:textId="6AF0EB55">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="2200"/>
           <w:tab w:val="left" w:pos="3300"/>
           <w:tab w:val="left" w:pos="4400"/>
           <w:tab w:val="left" w:pos="5500"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="left" w:pos="7700"/>
           <w:tab w:val="left" w:pos="8800"/>
         </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
       </w:pPr>
-      <w:r w:rsidRPr="4DC28C9B">
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Please consider your reserve modules carefully and ensure they are modules you would be happy to take. We will make every effort to allocate you to your first-choice modules, but this may not always be possible.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E203D21" w14:textId="3B1FE3AB" w:rsidR="03740ED7" w:rsidRPr="00FF3226" w:rsidRDefault="239C7D7E" w:rsidP="4DC28C9B">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="03740ED7" w:rsidP="4DC28C9B" w:rsidRDefault="03740ED7" w14:paraId="2E203D21" w14:textId="3B1FE3AB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="2200"/>
           <w:tab w:val="left" w:pos="3300"/>
           <w:tab w:val="left" w:pos="4400"/>
           <w:tab w:val="left" w:pos="5500"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="left" w:pos="7700"/>
           <w:tab w:val="left" w:pos="8800"/>
         </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="4DC28C9B">
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C1152B6" w14:textId="110945A6" w:rsidR="03740ED7" w:rsidRPr="00FF3226" w:rsidRDefault="239C7D7E" w:rsidP="4DC28C9B">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="03740ED7" w:rsidP="4DC28C9B" w:rsidRDefault="03740ED7" w14:paraId="4C1152B6" w14:textId="110945A6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="2200"/>
           <w:tab w:val="left" w:pos="3300"/>
           <w:tab w:val="left" w:pos="4400"/>
           <w:tab w:val="left" w:pos="5500"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="left" w:pos="7700"/>
           <w:tab w:val="left" w:pos="8800"/>
         </w:tabs>
-        <w:spacing w:before="0" w:after="0" w:line="257" w:lineRule="auto"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="4DC28C9B">
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Guidance on making your selections</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77515F49" w14:textId="1B53723E" w:rsidR="03740ED7" w:rsidRPr="00FF3226" w:rsidRDefault="239C7D7E" w:rsidP="4DC28C9B">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="03740ED7" w:rsidP="4DC28C9B" w:rsidRDefault="03740ED7" w14:paraId="77515F49" w14:textId="1B53723E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="2200"/>
           <w:tab w:val="left" w:pos="3300"/>
           <w:tab w:val="left" w:pos="4400"/>
           <w:tab w:val="left" w:pos="5500"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="left" w:pos="7700"/>
           <w:tab w:val="left" w:pos="8800"/>
         </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
       </w:pPr>
-      <w:r w:rsidRPr="4DC28C9B">
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D0E2373" w14:textId="63D9BFC6" w:rsidR="03740ED7" w:rsidRPr="00FF3226" w:rsidRDefault="239C7D7E" w:rsidP="4DC28C9B">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="03740ED7" w:rsidP="4DC28C9B" w:rsidRDefault="03740ED7" w14:paraId="2D0E2373" w14:textId="63D9BFC6">
       <w:pPr>
-        <w:spacing w:line="257" w:lineRule="auto"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="4DC28C9B">
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Prof. Linnaea Stockall, MA Convenor, will run the following group advising info sessions on Teams. Come along to get more information and advice about choosing your modules and meet some of the other students on your program. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B25F461" w14:textId="6B6F1C01" w:rsidR="03740ED7" w:rsidRPr="00FF3226" w:rsidRDefault="239C7D7E" w:rsidP="4DC28C9B">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="03740ED7" w:rsidP="4DC28C9B" w:rsidRDefault="03740ED7" w14:paraId="1B25F461" w14:textId="6B6F1C01">
       <w:pPr>
-        <w:spacing w:line="257" w:lineRule="auto"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="4DC28C9B">
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FD8ED4A" w14:textId="5E363EBF" w:rsidR="03740ED7" w:rsidRPr="00FF3226" w:rsidRDefault="239C7D7E" w:rsidP="4DC28C9B">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="03740ED7" w:rsidP="4DC28C9B" w:rsidRDefault="03740ED7" w14:paraId="1FD8ED4A" w14:textId="5E363EBF">
       <w:pPr>
-        <w:spacing w:line="257" w:lineRule="auto"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="4DC28C9B">
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Wednesday August 27</w:t>
       </w:r>
-      <w:r w:rsidRPr="4DC28C9B">
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
-      <w:r w:rsidRPr="4DC28C9B">
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10am-10:50am (UK Time). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13">
-        <w:r w:rsidRPr="4DC28C9B">
+      <w:hyperlink r:id="R0aede1d7eb554848">
+        <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Link to Join.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1093904B" w14:textId="061153F6" w:rsidR="03740ED7" w:rsidRPr="00FF3226" w:rsidRDefault="239C7D7E" w:rsidP="4DC28C9B">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="03740ED7" w:rsidP="4DC28C9B" w:rsidRDefault="03740ED7" w14:paraId="1093904B" w14:textId="061153F6">
       <w:pPr>
-        <w:spacing w:line="257" w:lineRule="auto"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="4DC28C9B">
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C368326" w14:textId="67880C75" w:rsidR="03740ED7" w:rsidRPr="00FF3226" w:rsidRDefault="006C3D67" w:rsidP="4DC28C9B">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="03740ED7" w:rsidP="4DC28C9B" w:rsidRDefault="03740ED7" w14:paraId="1C368326" w14:textId="0352EA2F">
       <w:pPr>
-        <w:spacing w:line="257" w:lineRule="auto"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Wednesday</w:t>
+        <w:t>Tuesday August 27</w:t>
       </w:r>
-      <w:r w:rsidR="239C7D7E" w:rsidRPr="4DC28C9B">
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
-      <w:r w:rsidR="239C7D7E" w:rsidRPr="4DC28C9B">
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5:30pm-6:20pm (UK Time). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14">
-        <w:r w:rsidR="239C7D7E" w:rsidRPr="4DC28C9B">
+      <w:hyperlink r:id="R038da34b9305497f">
+        <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Link to Join.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="59CB20E9" w14:textId="096816AB" w:rsidR="03740ED7" w:rsidRPr="00FF3226" w:rsidRDefault="239C7D7E" w:rsidP="4DC28C9B">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="03740ED7" w:rsidP="4DC28C9B" w:rsidRDefault="03740ED7" w14:paraId="59CB20E9" w14:textId="096816AB">
       <w:pPr>
-        <w:spacing w:line="257" w:lineRule="auto"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="4DC28C9B">
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5038F585" w14:textId="76540770" w:rsidR="03740ED7" w:rsidRPr="00FF3226" w:rsidRDefault="239C7D7E" w:rsidP="4DC28C9B">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="03740ED7" w:rsidP="4DC28C9B" w:rsidRDefault="03740ED7" w14:paraId="5038F585" w14:textId="76540770">
       <w:pPr>
-        <w:spacing w:line="257" w:lineRule="auto"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="4DC28C9B">
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>I’ll also offer one on one advising meetings in early September (either in person or on Teams).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="246454A1" w14:textId="07C19818" w:rsidR="03740ED7" w:rsidRPr="00FF3226" w:rsidRDefault="239C7D7E" w:rsidP="4DC28C9B">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="03740ED7" w:rsidP="4DC28C9B" w:rsidRDefault="03740ED7" w14:paraId="246454A1" w14:textId="07C19818">
       <w:pPr>
-        <w:spacing w:line="257" w:lineRule="auto"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="4DC28C9B">
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="745AE6C9" w14:textId="12FC5087" w:rsidR="03740ED7" w:rsidRPr="00FF3226" w:rsidRDefault="239C7D7E" w:rsidP="4DC28C9B">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="03740ED7" w:rsidP="4DC28C9B" w:rsidRDefault="03740ED7" w14:paraId="745AE6C9" w14:textId="12FC5087">
       <w:pPr>
-        <w:spacing w:line="257" w:lineRule="auto"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="4DC28C9B">
+      <w:r w:rsidRPr="4DC28C9B" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>If you have any questions regarding your selections, and you can’t join one of the advising sessions, you can</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="259D194D" w14:textId="0DA6746A" w:rsidR="03740ED7" w:rsidRPr="00FF3226" w:rsidRDefault="239C7D7E" w:rsidP="53405FC2">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="03740ED7" w:rsidP="53405FC2" w:rsidRDefault="03740ED7" w14:paraId="259D194D" w14:textId="0DA6746A">
       <w:pPr>
-        <w:spacing w:line="257" w:lineRule="auto"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="53405FC2">
+      <w:r w:rsidRPr="53405FC2" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>contact the MA Convenor, Prof Linnaea Stockall via email (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId15">
-        <w:r w:rsidRPr="53405FC2">
+      <w:hyperlink r:id="Rd03aa8e5a2314d8a">
+        <w:r w:rsidRPr="53405FC2" w:rsidR="239C7D7E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>l.stockall@qmul.ac.uk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="53405FC2">
+      <w:r w:rsidRPr="53405FC2" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>) in advance of the 1</w:t>
+        <w:t xml:space="preserve">) in advance of the </w:t>
       </w:r>
-      <w:r w:rsidR="181D4CA0" w:rsidRPr="53405FC2">
+      <w:r w:rsidRPr="53405FC2" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="53405FC2" w:rsidR="181D4CA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidRPr="53405FC2">
+      <w:r w:rsidRPr="53405FC2" w:rsidR="239C7D7E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>th September deadline.</w:t>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="53405FC2" w:rsidR="239C7D7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="53405FC2" w:rsidR="239C7D7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>September deadline.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1277F21B" w14:textId="6540BE99" w:rsidR="5FFBBE00" w:rsidRPr="00FF3226" w:rsidRDefault="5FFBBE00" w:rsidP="5FFBBE00">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="5FFBBE00" w:rsidP="5FFBBE00" w:rsidRDefault="5FFBBE00" w14:paraId="1277F21B" w14:textId="6540BE99">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="2200"/>
           <w:tab w:val="left" w:pos="3300"/>
           <w:tab w:val="left" w:pos="4400"/>
           <w:tab w:val="left" w:pos="5500"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="left" w:pos="7700"/>
           <w:tab w:val="left" w:pos="8800"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF3226">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9915" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
+          <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
+          <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="6285"/>
         <w:gridCol w:w="1425"/>
         <w:gridCol w:w="975"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D65157" w:rsidRPr="00FF3226" w14:paraId="47DD5B9D" w14:textId="77777777" w:rsidTr="53405FC2">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00D65157" w:rsidTr="2419FDC6" w14:paraId="47DD5B9D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9915" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="35627502" w14:textId="19400208" w:rsidR="00D65157" w:rsidRPr="00FF3226" w:rsidRDefault="072147B0" w:rsidP="00305469">
+          <w:p w:rsidRPr="00FF3226" w:rsidR="00D65157" w:rsidP="00305469" w:rsidRDefault="072147B0" w14:paraId="35627502" w14:textId="19400208">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="Conversion"/>
+            <w:bookmarkStart w:name="Conversion" w:id="0"/>
             <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="00FF3226">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="00202EFC">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sc Linguistics and AI</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D2FA518" w14:textId="40E9A2DF" w:rsidR="00D65157" w:rsidRPr="00FF3226" w:rsidRDefault="00DA4111" w:rsidP="3D7303F2">
+          <w:p w:rsidRPr="00FF3226" w:rsidR="00D65157" w:rsidP="3D7303F2" w:rsidRDefault="00DA4111" w14:paraId="1D2FA518" w14:textId="40E9A2DF">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r w:rsidR="00583945">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
             <w:r w:rsidR="00583945">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D65157" w:rsidRPr="00FF3226" w14:paraId="2D68125C" w14:textId="77777777" w:rsidTr="53405FC2">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00D65157" w:rsidTr="2419FDC6" w14:paraId="2D68125C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9915" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0E24CE22" w14:textId="7E569E68" w:rsidR="6F02DDCC" w:rsidRPr="00FF3226" w:rsidRDefault="5D16CD79" w:rsidP="3D7303F2">
+          <w:p w:rsidRPr="00FF3226" w:rsidR="6F02DDCC" w:rsidP="3D7303F2" w:rsidRDefault="5D16CD79" w14:paraId="0E24CE22" w14:textId="7E569E68">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF3226">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Full-time students </w:t>
             </w:r>
-            <w:r w:rsidR="79852186" w:rsidRPr="00FF3226">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00FF3226" w:rsidR="79852186">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">will take </w:t>
             </w:r>
-            <w:r w:rsidR="3DCC470B" w:rsidRPr="00FF3226">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00FF3226" w:rsidR="3DCC470B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">all </w:t>
             </w:r>
-            <w:r w:rsidR="668EDD66" w:rsidRPr="00FF3226">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00FF3226" w:rsidR="668EDD66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>modules</w:t>
             </w:r>
-            <w:r w:rsidR="79852186" w:rsidRPr="00FF3226">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00FF3226" w:rsidR="79852186">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="16EF1F10" w:rsidRPr="00FF3226">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00FF3226" w:rsidR="16EF1F10">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">marked </w:t>
             </w:r>
-            <w:r w:rsidR="01D2EDD9" w:rsidRPr="00FF3226">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00FF3226" w:rsidR="01D2EDD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>on the list below</w:t>
             </w:r>
-            <w:r w:rsidR="09B9D645" w:rsidRPr="00FF3226">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00FF3226" w:rsidR="09B9D645">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> as</w:t>
             </w:r>
-            <w:r w:rsidR="01D2EDD9" w:rsidRPr="00FF3226">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00FF3226" w:rsidR="01D2EDD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="79852186" w:rsidRPr="00FF3226">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00FF3226" w:rsidR="79852186">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Compulsory</w:t>
             </w:r>
             <w:r w:rsidR="00CB6360">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> or </w:t>
             </w:r>
-            <w:r w:rsidR="53C56F54" w:rsidRPr="00FF3226">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00FF3226" w:rsidR="53C56F54">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Cor</w:t>
             </w:r>
-            <w:r w:rsidR="4F1CDDBC" w:rsidRPr="00FF3226">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00FF3226" w:rsidR="4F1CDDBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
-            <w:r w:rsidR="6764F68B" w:rsidRPr="00FF3226">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00FF3226" w:rsidR="6764F68B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E299C90" w14:textId="3FADFEC8" w:rsidR="00CB6360" w:rsidRPr="00202EFC" w:rsidRDefault="49F71C86" w:rsidP="00202EFC">
+          <w:p w:rsidRPr="00202EFC" w:rsidR="00CB6360" w:rsidP="00202EFC" w:rsidRDefault="49F71C86" w14:paraId="4E299C90" w14:textId="3FADFEC8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF3226">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">You will </w:t>
             </w:r>
             <w:r w:rsidRPr="00FF3226">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">choose </w:t>
             </w:r>
-            <w:r w:rsidR="3EFDD865" w:rsidRPr="00FF3226">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00FF3226" w:rsidR="3EFDD865">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>one 15-credit optional module in semester</w:t>
             </w:r>
             <w:r w:rsidR="00202EFC">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1 and one 15-credit optional module in Semester 2</w:t>
             </w:r>
-            <w:r w:rsidR="79ED99A5" w:rsidRPr="00FF3226">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00FF3226" w:rsidR="79ED99A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="626C1E9D" w:rsidRPr="00FF3226">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00FF3226" w:rsidR="626C1E9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>from the selection of modules below marked as Optional.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D65157" w:rsidRPr="00FF3226" w14:paraId="63DFDB29" w14:textId="77777777" w:rsidTr="53405FC2">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00D65157" w:rsidTr="2419FDC6" w14:paraId="63DFDB29" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7515" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0C95294B" w14:textId="77777777" w:rsidR="00D65157" w:rsidRPr="00FF3226" w:rsidRDefault="072147B0" w:rsidP="3D7303F2">
+          <w:p w:rsidRPr="00FF3226" w:rsidR="00D65157" w:rsidP="3D7303F2" w:rsidRDefault="072147B0" w14:paraId="0C95294B" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF3226">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>SEMESTER 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="515DDBDD" w14:textId="77777777" w:rsidR="00D65157" w:rsidRPr="00FF3226" w:rsidRDefault="072147B0" w:rsidP="3D7303F2">
+          <w:p w:rsidRPr="00FF3226" w:rsidR="00D65157" w:rsidP="3D7303F2" w:rsidRDefault="072147B0" w14:paraId="515DDBDD" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF3226">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Selection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="975" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="18C8A147" w14:textId="77777777" w:rsidR="00D65157" w:rsidRPr="00FF3226" w:rsidRDefault="072147B0" w:rsidP="3D7303F2">
+          <w:p w:rsidRPr="00FF3226" w:rsidR="00D65157" w:rsidP="3D7303F2" w:rsidRDefault="072147B0" w14:paraId="18C8A147" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF3226">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00202EFC" w:rsidRPr="00FF3226" w14:paraId="1D40ECC3" w14:textId="77777777" w:rsidTr="53405FC2">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00202EFC" w:rsidTr="2419FDC6" w14:paraId="1D40ECC3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4392731A" w14:textId="3F736892" w:rsidR="00202EFC" w:rsidRPr="00583945" w:rsidRDefault="00202EFC" w:rsidP="3D7303F2">
+          <w:p w:rsidRPr="00583945" w:rsidR="00202EFC" w:rsidP="3D7303F2" w:rsidRDefault="00202EFC" w14:paraId="4392731A" w14:textId="3F736892">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>LIN7077</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6285" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="645689E1" w14:textId="2465AA58" w:rsidR="00202EFC" w:rsidRPr="00583945" w:rsidRDefault="00202EFC" w:rsidP="3D7303F2">
+          <w:p w:rsidRPr="00583945" w:rsidR="00202EFC" w:rsidP="3D7303F2" w:rsidRDefault="00202EFC" w14:paraId="645689E1" w14:textId="2465AA58">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Programming for the Humanities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="66F469FB" w14:textId="586CAD78" w:rsidR="00202EFC" w:rsidRPr="00583945" w:rsidRDefault="00202EFC" w:rsidP="3D7303F2">
+          <w:p w:rsidRPr="00583945" w:rsidR="00202EFC" w:rsidP="3D7303F2" w:rsidRDefault="00202EFC" w14:paraId="66F469FB" w14:textId="586CAD78">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Compulsory</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="975" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4992BBF1" w14:textId="4748EF7C" w:rsidR="00202EFC" w:rsidRPr="00583945" w:rsidRDefault="00202EFC" w:rsidP="3D7303F2">
+          <w:p w:rsidRPr="00583945" w:rsidR="00202EFC" w:rsidP="3D7303F2" w:rsidRDefault="00202EFC" w14:paraId="4992BBF1" w14:textId="4748EF7C">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00202EFC" w:rsidRPr="00FF3226" w14:paraId="218EE6A2" w14:textId="77777777" w:rsidTr="53405FC2">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00202EFC" w:rsidTr="2419FDC6" w14:paraId="218EE6A2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5EC7B101" w14:textId="5D3FE38B" w:rsidR="00202EFC" w:rsidRPr="00583945" w:rsidRDefault="003155E0" w:rsidP="3D7303F2">
+          <w:p w:rsidRPr="00583945" w:rsidR="00202EFC" w:rsidP="3D7303F2" w:rsidRDefault="003155E0" w14:paraId="5EC7B101" w14:textId="5D3FE38B">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>LIN7078</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6285" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="2DDE6E19" w14:textId="3A41DDE1" w:rsidR="00202EFC" w:rsidRPr="00583945" w:rsidRDefault="003155E0" w:rsidP="3D7303F2">
+          <w:p w:rsidRPr="00583945" w:rsidR="00202EFC" w:rsidP="3D7303F2" w:rsidRDefault="003155E0" w14:paraId="2DDE6E19" w14:textId="3A41DDE1">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Analysing Language Datasets</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="49327CCA" w14:textId="431107E5" w:rsidR="00202EFC" w:rsidRPr="00583945" w:rsidRDefault="003155E0" w:rsidP="3D7303F2">
+          <w:p w:rsidRPr="00583945" w:rsidR="00202EFC" w:rsidP="3D7303F2" w:rsidRDefault="003155E0" w14:paraId="49327CCA" w14:textId="431107E5">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Compulsory</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="975" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="30EA24B4" w14:textId="6EE2A529" w:rsidR="00202EFC" w:rsidRPr="00583945" w:rsidRDefault="003155E0" w:rsidP="3D7303F2">
+          <w:p w:rsidRPr="00583945" w:rsidR="00202EFC" w:rsidP="3D7303F2" w:rsidRDefault="003155E0" w14:paraId="30EA24B4" w14:textId="6EE2A529">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00202EFC" w:rsidRPr="00FF3226" w14:paraId="45D1BBAC" w14:textId="77777777" w:rsidTr="53405FC2">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00202EFC" w:rsidTr="2419FDC6" w14:paraId="45D1BBAC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="02329525" w14:textId="0091CEB8" w:rsidR="00202EFC" w:rsidRPr="00583945" w:rsidRDefault="003155E0" w:rsidP="3D7303F2">
+          <w:p w:rsidRPr="00583945" w:rsidR="00202EFC" w:rsidP="3D7303F2" w:rsidRDefault="003155E0" w14:paraId="02329525" w14:textId="0091CEB8">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>LIN7076</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6285" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="69905A12" w14:textId="12B32E80" w:rsidR="00202EFC" w:rsidRPr="00583945" w:rsidRDefault="003155E0" w:rsidP="3D7303F2">
+          <w:p w:rsidRPr="00583945" w:rsidR="00202EFC" w:rsidP="3D7303F2" w:rsidRDefault="003155E0" w14:paraId="69905A12" w14:textId="12B32E80">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Introduction to Computational Linguistics</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="61DC5622" w14:textId="6A6D8DDD" w:rsidR="00202EFC" w:rsidRPr="00583945" w:rsidRDefault="003155E0" w:rsidP="3D7303F2">
+          <w:p w:rsidRPr="00583945" w:rsidR="00202EFC" w:rsidP="3D7303F2" w:rsidRDefault="003155E0" w14:paraId="61DC5622" w14:textId="6A6D8DDD">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Compulsory</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="975" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5CE12EEA" w14:textId="741B6E7D" w:rsidR="00202EFC" w:rsidRPr="00583945" w:rsidRDefault="003155E0" w:rsidP="3D7303F2">
+          <w:p w:rsidRPr="00583945" w:rsidR="00202EFC" w:rsidP="3D7303F2" w:rsidRDefault="003155E0" w14:paraId="5CE12EEA" w14:textId="741B6E7D">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="4DC28C9B" w14:paraId="57FDA1C3" w14:textId="77777777" w:rsidTr="53405FC2">
+      <w:tr w:rsidR="4DC28C9B" w:rsidTr="2419FDC6" w14:paraId="57FDA1C3">
         <w:trPr>
           <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7473D8D6" w14:textId="41D5FF95" w:rsidR="6CF62DEB" w:rsidRDefault="6CF62DEB" w:rsidP="4DC28C9B">
+          <w:p w:rsidR="6CF62DEB" w:rsidP="4DC28C9B" w:rsidRDefault="6CF62DEB" w14:paraId="7473D8D6" w14:textId="41D5FF95">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4DC28C9B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="6CF62DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>LIN7002</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6285" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="1EB2F09E" w14:textId="26C39615" w:rsidR="6CF62DEB" w:rsidRDefault="6CF62DEB" w:rsidP="4DC28C9B">
+          <w:p w:rsidR="6CF62DEB" w:rsidP="4DC28C9B" w:rsidRDefault="6CF62DEB" w14:paraId="1EB2F09E" w14:textId="26C39615">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4DC28C9B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="6CF62DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Sociolinguistic </w:t>
             </w:r>
-            <w:r w:rsidR="76BA58CC" w:rsidRPr="4DC28C9B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="76BA58CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Theory</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2C8F927E" w14:textId="25623F13" w:rsidR="4DC28C9B" w:rsidRDefault="4DC28C9B" w:rsidP="4DC28C9B">
+          <w:p w:rsidR="4DC28C9B" w:rsidP="4DC28C9B" w:rsidRDefault="4DC28C9B" w14:paraId="2C8F927E" w14:textId="25623F13">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4DC28C9B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="4DC28C9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Optional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="975" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="67E37BD8" w14:textId="21B7E7F2" w:rsidR="4DC28C9B" w:rsidRDefault="4DC28C9B" w:rsidP="4DC28C9B">
+          <w:p w:rsidR="4DC28C9B" w:rsidP="4DC28C9B" w:rsidRDefault="4DC28C9B" w14:paraId="67E37BD8" w14:textId="21B7E7F2">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4DC28C9B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="4DC28C9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="4DC28C9B" w14:paraId="4E42537F" w14:textId="77777777" w:rsidTr="53405FC2">
+      <w:tr w:rsidR="4DC28C9B" w:rsidTr="2419FDC6" w14:paraId="4E42537F">
         <w:trPr>
           <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="57B8E81E" w14:textId="63155252" w:rsidR="57B496D1" w:rsidRDefault="57B496D1" w:rsidP="4DC28C9B">
+          <w:p w:rsidR="57B496D1" w:rsidP="4DC28C9B" w:rsidRDefault="57B496D1" w14:paraId="57B8E81E" w14:textId="63155252">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4DC28C9B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="57B496D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>LIN7020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6285" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="29E72607" w14:textId="0F744FBE" w:rsidR="57B496D1" w:rsidRDefault="57B496D1" w:rsidP="4DC28C9B">
+          <w:p w:rsidR="57B496D1" w:rsidP="4DC28C9B" w:rsidRDefault="57B496D1" w14:paraId="29E72607" w14:textId="0F744FBE">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
-              <w:spacing w:line="259" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil" w:color="000000" w:sz="0" w:space="0"/>
+                <w:left w:val="nil" w:color="000000" w:sz="0" w:space="0"/>
+                <w:bottom w:val="nil" w:color="000000" w:sz="0" w:space="0"/>
+                <w:right w:val="nil" w:color="000000" w:sz="0" w:space="0"/>
+                <w:between w:val="nil" w:color="000000" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:noProof w:val="0"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4DC28C9B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="57B496D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:noProof w:val="0"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Ethnography of Communication</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0286A1B2" w14:textId="7AE39937" w:rsidR="57B496D1" w:rsidRDefault="57B496D1" w:rsidP="4DC28C9B">
+          <w:p w:rsidR="57B496D1" w:rsidP="4DC28C9B" w:rsidRDefault="57B496D1" w14:paraId="0286A1B2" w14:textId="7AE39937">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4DC28C9B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="57B496D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Optional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="975" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="02A1A3B1" w14:textId="13B595C3" w:rsidR="57B496D1" w:rsidRDefault="57B496D1" w:rsidP="4DC28C9B">
+          <w:p w:rsidR="57B496D1" w:rsidP="4DC28C9B" w:rsidRDefault="57B496D1" w14:paraId="02A1A3B1" w14:textId="13B595C3">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4DC28C9B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="57B496D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00143A53" w:rsidRPr="00FF3226" w14:paraId="66E6FB2C" w14:textId="77777777" w:rsidTr="53405FC2">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00143A53" w:rsidTr="2419FDC6" w14:paraId="66E6FB2C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7D773593" w14:textId="32952E0E" w:rsidR="00143A53" w:rsidRPr="003155E0" w:rsidRDefault="00143A53" w:rsidP="00143A53">
+          <w:p w:rsidRPr="003155E0" w:rsidR="00143A53" w:rsidP="00143A53" w:rsidRDefault="00143A53" w14:paraId="7D773593" w14:textId="32952E0E">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003155E0">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>LIN7027</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6285" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="614F4F7F" w14:textId="2014AD0C" w:rsidR="00143A53" w:rsidRPr="003155E0" w:rsidRDefault="3DAAE608" w:rsidP="4DC28C9B">
+          <w:p w:rsidRPr="003155E0" w:rsidR="00143A53" w:rsidP="4DC28C9B" w:rsidRDefault="00143A53" w14:paraId="614F4F7F" w14:textId="2014AD0C">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
-              <w:spacing w:line="259" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil" w:color="000000" w:sz="0" w:space="0"/>
+                <w:left w:val="nil" w:color="000000" w:sz="0" w:space="0"/>
+                <w:bottom w:val="nil" w:color="000000" w:sz="0" w:space="0"/>
+                <w:right w:val="nil" w:color="000000" w:sz="0" w:space="0"/>
+                <w:between w:val="nil" w:color="000000" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4DC28C9B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="3DAAE608">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Trends in Linguistic Research</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3AA9A828" w14:textId="25623F13" w:rsidR="00143A53" w:rsidRPr="003155E0" w:rsidRDefault="00143A53" w:rsidP="00143A53">
+          <w:p w:rsidRPr="003155E0" w:rsidR="00143A53" w:rsidP="00143A53" w:rsidRDefault="00143A53" w14:paraId="3AA9A828" w14:textId="25623F13">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00583945">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Optional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="975" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="19A4EB63" w14:textId="21B7E7F2" w:rsidR="00143A53" w:rsidRPr="003155E0" w:rsidRDefault="00143A53" w:rsidP="00143A53">
+          <w:p w:rsidRPr="003155E0" w:rsidR="00143A53" w:rsidP="00143A53" w:rsidRDefault="00143A53" w14:paraId="19A4EB63" w14:textId="21B7E7F2">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003155E0">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00143A53" w:rsidRPr="00FF3226" w14:paraId="158537F9" w14:textId="77777777" w:rsidTr="53405FC2">
+      <w:tr w:rsidR="4DC28C9B" w:rsidTr="2419FDC6" w14:paraId="0DFAB920">
         <w:trPr>
-          <w:trHeight w:val="240"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="463EA864" w14:textId="2C429A95" w:rsidR="00143A53" w:rsidRPr="003155E0" w:rsidRDefault="00143A53" w:rsidP="00143A53">
+          <w:p w:rsidR="7D4F7B42" w:rsidP="4DC28C9B" w:rsidRDefault="7D4F7B42" w14:paraId="575F35F2" w14:textId="040D5AEA">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>LIN7053</w:t>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="7D4F7B42">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>LIN7205</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6285" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="6CCEE343" w14:textId="123118A1" w:rsidR="00143A53" w:rsidRPr="003155E0" w:rsidRDefault="3DAAE608" w:rsidP="4DC28C9B">
+          <w:p w:rsidR="7D4F7B42" w:rsidP="4DC28C9B" w:rsidRDefault="7D4F7B42" w14:paraId="77E04607" w14:textId="0C7B1730">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
-              <w:spacing w:line="259" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4DC28C9B">
-[...3 lines deleted...]
-              <w:t>Applying Linguistics in the Real World</w:t>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="7D4F7B42">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Introduction to Phonetics</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="57F1607F" w14:textId="7328E6E0" w:rsidR="00143A53" w:rsidRPr="003155E0" w:rsidRDefault="00143A53" w:rsidP="00143A53">
+          <w:p w:rsidR="7D4F7B42" w:rsidP="4DC28C9B" w:rsidRDefault="7D4F7B42" w14:paraId="582584D2" w14:textId="6175490E">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00583945">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="7D4F7B42">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Optional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="975" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="620FDC59" w14:textId="23FE7917" w:rsidR="00143A53" w:rsidRPr="003155E0" w:rsidRDefault="00143A53" w:rsidP="00143A53">
+          <w:p w:rsidR="7D4F7B42" w:rsidP="4DC28C9B" w:rsidRDefault="7D4F7B42" w14:paraId="44A6C324" w14:textId="3721C38D">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="7D4F7B42">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="4DC28C9B" w14:paraId="0DFAB920" w14:textId="77777777" w:rsidTr="53405FC2">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00143A53" w:rsidTr="2419FDC6" w14:paraId="48625007" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="575F35F2" w14:textId="040D5AEA" w:rsidR="7D4F7B42" w:rsidRDefault="7D4F7B42" w:rsidP="4DC28C9B">
+          <w:p w:rsidRPr="003155E0" w:rsidR="00143A53" w:rsidP="00143A53" w:rsidRDefault="00143A53" w14:paraId="32C105AD" w14:textId="32CB4EDF">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4DC28C9B">
-[...3 lines deleted...]
-              <w:t>LIN7205</w:t>
+            <w:r w:rsidRPr="00583945">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>LIN7209</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6285" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="77E04607" w14:textId="0C7B1730" w:rsidR="7D4F7B42" w:rsidRDefault="7D4F7B42" w:rsidP="4DC28C9B">
+          <w:p w:rsidRPr="003155E0" w:rsidR="00143A53" w:rsidP="00143A53" w:rsidRDefault="00143A53" w14:paraId="32039CDC" w14:textId="3C9D9D66">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4DC28C9B">
-[...3 lines deleted...]
-              <w:t>Introduction to Phonetics</w:t>
+            <w:r w:rsidRPr="00583945">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Syntax</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="582584D2" w14:textId="6175490E" w:rsidR="7D4F7B42" w:rsidRDefault="7D4F7B42" w:rsidP="4DC28C9B">
+          <w:p w:rsidRPr="003155E0" w:rsidR="00143A53" w:rsidP="00143A53" w:rsidRDefault="00143A53" w14:paraId="4FA563AF" w14:textId="05AC2A79">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4DC28C9B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00583945">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Optional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="975" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="44A6C324" w14:textId="3721C38D" w:rsidR="7D4F7B42" w:rsidRDefault="7D4F7B42" w:rsidP="4DC28C9B">
+          <w:p w:rsidRPr="003155E0" w:rsidR="00143A53" w:rsidP="00143A53" w:rsidRDefault="00143A53" w14:paraId="16EE2085" w14:textId="38E62452">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4DC28C9B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00583945">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00143A53" w:rsidRPr="00FF3226" w14:paraId="48625007" w14:textId="77777777" w:rsidTr="53405FC2">
+      <w:tr w:rsidR="4DC28C9B" w:rsidTr="2419FDC6" w14:paraId="4D3E2760">
         <w:trPr>
-          <w:trHeight w:val="240"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="32C105AD" w14:textId="32CB4EDF" w:rsidR="00143A53" w:rsidRPr="003155E0" w:rsidRDefault="00143A53" w:rsidP="00143A53">
+          <w:p w:rsidR="0D983207" w:rsidP="4DC28C9B" w:rsidRDefault="0D983207" w14:paraId="1E05CEA6" w14:textId="138BC10E">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00583945">
-[...3 lines deleted...]
-              <w:t>LIN7209</w:t>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="0D983207">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>LIN7213</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6285" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="32039CDC" w14:textId="3C9D9D66" w:rsidR="00143A53" w:rsidRPr="003155E0" w:rsidRDefault="00143A53" w:rsidP="00143A53">
+          <w:p w:rsidR="0D983207" w:rsidP="4DC28C9B" w:rsidRDefault="0D983207" w14:paraId="686B66CF" w14:textId="7875A61D">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00583945">
-[...3 lines deleted...]
-              <w:t>Syntax</w:t>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="0D983207">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Introduction to Sociolinguistics</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4FA563AF" w14:textId="05AC2A79" w:rsidR="00143A53" w:rsidRPr="003155E0" w:rsidRDefault="00143A53" w:rsidP="00143A53">
+          <w:p w:rsidR="0D983207" w:rsidP="4DC28C9B" w:rsidRDefault="0D983207" w14:paraId="2373514A" w14:textId="4BE99C73">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00583945">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="0D983207">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Optional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="975" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="16EE2085" w14:textId="38E62452" w:rsidR="00143A53" w:rsidRPr="003155E0" w:rsidRDefault="00143A53" w:rsidP="00143A53">
+          <w:p w:rsidR="0D983207" w:rsidP="4DC28C9B" w:rsidRDefault="0D983207" w14:paraId="5F677756" w14:textId="28C9868C">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00583945">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="0D983207">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="4DC28C9B" w14:paraId="4D3E2760" w14:textId="77777777" w:rsidTr="53405FC2">
+      <w:tr w:rsidR="4DC28C9B" w:rsidTr="2419FDC6" w14:paraId="2C94ADCE">
         <w:trPr>
           <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1E05CEA6" w14:textId="138BC10E" w:rsidR="0D983207" w:rsidRDefault="0D983207" w:rsidP="4DC28C9B">
+          <w:p w:rsidR="393A5205" w:rsidP="4DC28C9B" w:rsidRDefault="393A5205" w14:paraId="7407EE29" w14:textId="5167A5F5">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4DC28C9B">
-[...3 lines deleted...]
-              <w:t>LIN7213</w:t>
+            <w:r w:rsidRPr="40459213" w:rsidR="393A5205">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>LIN6060</w:t>
+            </w:r>
+            <w:r w:rsidRPr="40459213" w:rsidR="71DA96D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6285" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="686B66CF" w14:textId="7875A61D" w:rsidR="0D983207" w:rsidRDefault="0D983207" w:rsidP="4DC28C9B">
+          <w:p w:rsidR="393A5205" w:rsidP="4DC28C9B" w:rsidRDefault="393A5205" w14:paraId="43193FBB" w14:textId="2E961D8B">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4DC28C9B">
-[...3 lines deleted...]
-              <w:t>Introduction to Sociolinguistics</w:t>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="393A5205">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Language and Health Communication</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2373514A" w14:textId="4BE99C73" w:rsidR="0D983207" w:rsidRDefault="0D983207" w:rsidP="4DC28C9B">
+          <w:p w:rsidR="393A5205" w:rsidP="4DC28C9B" w:rsidRDefault="393A5205" w14:paraId="46FA6DFD" w14:textId="6F0B3F6A">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4DC28C9B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="393A5205">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Optional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="975" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5F677756" w14:textId="28C9868C" w:rsidR="0D983207" w:rsidRDefault="0D983207" w:rsidP="4DC28C9B">
+          <w:p w:rsidR="393A5205" w:rsidP="4DC28C9B" w:rsidRDefault="393A5205" w14:paraId="777D8B90" w14:textId="063BA2A1">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4DC28C9B">
-[...3 lines deleted...]
-              <w:t>15</w:t>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="393A5205">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>15 (L6)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="4DC28C9B" w14:paraId="2C94ADCE" w14:textId="77777777" w:rsidTr="53405FC2">
+      <w:tr w:rsidR="4DC28C9B" w:rsidTr="2419FDC6" w14:paraId="5A61C318">
         <w:trPr>
           <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7407EE29" w14:textId="4374FAE6" w:rsidR="393A5205" w:rsidRDefault="393A5205" w:rsidP="4DC28C9B">
+          <w:p w:rsidR="393A5205" w:rsidP="4DC28C9B" w:rsidRDefault="393A5205" w14:paraId="2286E4AB" w14:textId="3861A81C">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4DC28C9B">
-[...3 lines deleted...]
-              <w:t>LIN6060</w:t>
+            <w:r w:rsidRPr="40459213" w:rsidR="393A5205">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>LIN6213</w:t>
+            </w:r>
+            <w:r w:rsidRPr="40459213" w:rsidR="516DA521">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6285" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="43193FBB" w14:textId="2E961D8B" w:rsidR="393A5205" w:rsidRDefault="393A5205" w:rsidP="4DC28C9B">
+          <w:p w:rsidR="393A5205" w:rsidP="4DC28C9B" w:rsidRDefault="393A5205" w14:paraId="74EE0B14" w14:textId="44B3B7C5">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4DC28C9B">
-[...3 lines deleted...]
-              <w:t>Language and Health Communication</w:t>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="393A5205">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Neurodiversity in Language Development and Cognition</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="46FA6DFD" w14:textId="6F0B3F6A" w:rsidR="393A5205" w:rsidRDefault="393A5205" w:rsidP="4DC28C9B">
+          <w:p w:rsidR="393A5205" w:rsidP="4DC28C9B" w:rsidRDefault="393A5205" w14:paraId="23BEF7CD" w14:textId="73558C01">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4DC28C9B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="393A5205">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Optional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="975" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="777D8B90" w14:textId="063BA2A1" w:rsidR="393A5205" w:rsidRDefault="393A5205" w:rsidP="4DC28C9B">
+          <w:p w:rsidR="393A5205" w:rsidP="4DC28C9B" w:rsidRDefault="393A5205" w14:paraId="58C25DEA" w14:textId="51A04206">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4DC28C9B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="393A5205">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>15 (L6)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="4DC28C9B" w14:paraId="5A61C318" w14:textId="77777777" w:rsidTr="53405FC2">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00143A53" w:rsidTr="2419FDC6" w14:paraId="680F37FA" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="240"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7515" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="40" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="40" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00FF3226" w:rsidR="00143A53" w:rsidP="00143A53" w:rsidRDefault="00143A53" w14:paraId="668A673D" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF3226">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>SEMESTER 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="40" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="40" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00FF3226" w:rsidR="00143A53" w:rsidP="00143A53" w:rsidRDefault="00143A53" w14:paraId="66A7803A" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF3226">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Selection</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="40" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="40" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00FF3226" w:rsidR="00143A53" w:rsidP="00143A53" w:rsidRDefault="00143A53" w14:paraId="42EF0E95" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF3226">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Credits</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00143A53" w:rsidTr="2419FDC6" w14:paraId="3F6A12C0" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2286E4AB" w14:textId="5129C49C" w:rsidR="393A5205" w:rsidRDefault="393A5205" w:rsidP="4DC28C9B">
+          <w:p w:rsidRPr="00583945" w:rsidR="00143A53" w:rsidP="00143A53" w:rsidRDefault="00143A53" w14:paraId="2616587B" w14:textId="3F11E789">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4DC28C9B">
-[...3 lines deleted...]
-              <w:t>LIN6213</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>LIN7075</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6285" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="74EE0B14" w14:textId="44B3B7C5" w:rsidR="393A5205" w:rsidRDefault="393A5205" w:rsidP="4DC28C9B">
+          <w:p w:rsidRPr="00583945" w:rsidR="00143A53" w:rsidP="00143A53" w:rsidRDefault="00143A53" w14:paraId="61492F00" w14:textId="0892B6F5">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4DC28C9B">
-[...3 lines deleted...]
-              <w:t>Neurodiversity in Language Development and Cognition</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Language and AI: Advanced Programming</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="23BEF7CD" w14:textId="73558C01" w:rsidR="393A5205" w:rsidRDefault="393A5205" w:rsidP="4DC28C9B">
+          <w:p w:rsidRPr="00583945" w:rsidR="00143A53" w:rsidP="00143A53" w:rsidRDefault="00B70F57" w14:paraId="4F9CF920" w14:textId="1A41588C">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4DC28C9B">
-[...3 lines deleted...]
-              <w:t>Optional</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Compulsory</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="975" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="58C25DEA" w14:textId="51A04206" w:rsidR="393A5205" w:rsidRDefault="393A5205" w:rsidP="4DC28C9B">
+          <w:p w:rsidRPr="00583945" w:rsidR="00143A53" w:rsidP="00143A53" w:rsidRDefault="00B70F57" w14:paraId="540E3091" w14:textId="7BA36990">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4DC28C9B">
-[...3 lines deleted...]
-              <w:t>15 (L6)</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00143A53" w:rsidRPr="00FF3226" w14:paraId="680F37FA" w14:textId="77777777" w:rsidTr="53405FC2">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00143A53" w:rsidTr="2419FDC6" w14:paraId="62D3567B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="40" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="40" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B70F57" w:rsidR="00143A53" w:rsidP="00143A53" w:rsidRDefault="00B70F57" w14:paraId="794B5CD4" w14:textId="588131C1">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B70F57">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>LIN7005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6285" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B70F57" w:rsidR="00143A53" w:rsidP="00143A53" w:rsidRDefault="00B70F57" w14:paraId="4235F8B4" w14:textId="2C8E5B93">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B70F57">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Dissertation Proseminar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="40" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="40" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B70F57" w:rsidR="00143A53" w:rsidP="00143A53" w:rsidRDefault="00B70F57" w14:paraId="2B92F293" w14:textId="3B743909">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B70F57">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Compulsory</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="40" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="40" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B70F57" w:rsidR="00143A53" w:rsidP="00143A53" w:rsidRDefault="00B70F57" w14:paraId="3F70BB6F" w14:textId="27191319">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B70F57">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="4DC28C9B" w:rsidTr="2419FDC6" w14:paraId="2644B453">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="40" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="40" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="3B37D758" w:rsidP="4DC28C9B" w:rsidRDefault="3B37D758" w14:paraId="62E1A508" w14:textId="3F4F861F">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="3B37D758">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>EAL7202</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6285" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="3B37D758" w:rsidP="4DC28C9B" w:rsidRDefault="3B37D758" w14:paraId="1925E065" w14:textId="55CD1305">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="3B37D758">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Second Language Acquisition</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="40" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="40" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="3B37D758" w:rsidP="4DC28C9B" w:rsidRDefault="3B37D758" w14:paraId="72B78BC2" w14:textId="03C7BC11">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="3B37D758">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Optional</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="40" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="40" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="3B37D758" w:rsidP="4DC28C9B" w:rsidRDefault="3B37D758" w14:paraId="3DBC3890" w14:textId="7F0B4417">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="3B37D758">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00B70F57" w:rsidTr="2419FDC6" w14:paraId="0BFD74B8" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="240"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="40" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="40" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00583945" w:rsidR="00B70F57" w:rsidP="00B70F57" w:rsidRDefault="00B70F57" w14:paraId="5CD40357" w14:textId="3C6317BC">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF3226">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>LIN7007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6285" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00583945" w:rsidR="00B70F57" w:rsidP="00B70F57" w:rsidRDefault="00B70F57" w14:paraId="2D5EAB75" w14:textId="409252FA">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF3226">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>From Morpheme to Meaning</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="40" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="40" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00583945" w:rsidR="00B70F57" w:rsidP="00B70F57" w:rsidRDefault="00B70F57" w14:paraId="23E48025" w14:textId="48861CD5">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF3226">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Optional</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="40" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="40" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00583945" w:rsidR="00B70F57" w:rsidP="00B70F57" w:rsidRDefault="00B70F57" w14:paraId="1014E0B7" w14:textId="5C0CF351">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF3226">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="4DC28C9B" w:rsidTr="2419FDC6" w14:paraId="0631348A">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="40" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="40" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="31CD8E7B" w:rsidP="4DC28C9B" w:rsidRDefault="31CD8E7B" w14:paraId="7A163174" w14:textId="2C729B24">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="31CD8E7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>LIN7010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6285" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="31CD8E7B" w:rsidP="4DC28C9B" w:rsidRDefault="31CD8E7B" w14:paraId="0D7CFAD1" w14:textId="0E388460">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="31CD8E7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Sociophonetics</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="40" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="40" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="31CD8E7B" w:rsidP="4DC28C9B" w:rsidRDefault="31CD8E7B" w14:paraId="6DD967F4" w14:textId="3CB96E46">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="31CD8E7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Optional</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="40" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="40" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="31CD8E7B" w:rsidP="4DC28C9B" w:rsidRDefault="31CD8E7B" w14:paraId="3306DFDC" w14:textId="707370BC">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="31CD8E7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00B70F57" w:rsidTr="2419FDC6" w14:paraId="052FBDCA" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="240"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="40" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="40" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00FF3226" w:rsidR="00B70F57" w:rsidP="00B70F57" w:rsidRDefault="00B70F57" w14:paraId="0E3BCAE1" w14:textId="2E8115FB">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF3226">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>LIN7014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6285" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00FF3226" w:rsidR="00B70F57" w:rsidP="00B70F57" w:rsidRDefault="00B70F57" w14:paraId="26E2D037" w14:textId="29350B96">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF3226">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Research Practicum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="40" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="40" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00FF3226" w:rsidR="00B70F57" w:rsidP="00B70F57" w:rsidRDefault="00B70F57" w14:paraId="665A837A" w14:textId="730A4551">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF3226">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Optional</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="40" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="40" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00FF3226" w:rsidR="00B70F57" w:rsidP="00B70F57" w:rsidRDefault="00B70F57" w14:paraId="3972D3AF" w14:textId="6C122DBB">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF3226">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="4DC28C9B" w:rsidTr="2419FDC6" w14:paraId="0144D2B9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="40" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="40" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="7FB4E448" w:rsidP="4DC28C9B" w:rsidRDefault="7FB4E448" w14:paraId="1903BE1C" w14:textId="5185C9A3">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="7FB4E448">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>LIN7016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6285" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="7FB4E448" w:rsidP="4DC28C9B" w:rsidRDefault="7FB4E448" w14:paraId="72911EA0" w14:textId="78F935C7">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="7FB4E448">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Understudied Languages and Linguistic Theory</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="40" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="40" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="7FB4E448" w:rsidP="4DC28C9B" w:rsidRDefault="7FB4E448" w14:paraId="54553965" w14:textId="54B9E9BF">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="7FB4E448">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Optional</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="40" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="40" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="7FB4E448" w:rsidP="4DC28C9B" w:rsidRDefault="7FB4E448" w14:paraId="0FDDD28C" w14:textId="6872DE0D">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="7FB4E448">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="4DC28C9B" w:rsidTr="2419FDC6" w14:paraId="7C795733">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="40" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="40" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="7FB4E448" w:rsidP="4DC28C9B" w:rsidRDefault="7FB4E448" w14:paraId="62E9E39D" w14:textId="05254567">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="7FB4E448">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>LIN7023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6285" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="7FB4E448" w:rsidP="4DC28C9B" w:rsidRDefault="7FB4E448" w14:paraId="7E790DCE" w14:textId="20591777">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="7FB4E448">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Research Methods in Sociolinguistics</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="40" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="40" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="7FB4E448" w:rsidP="4DC28C9B" w:rsidRDefault="7FB4E448" w14:paraId="506D39E4" w14:textId="3B49CB6E">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="7FB4E448">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Optional</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="40" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="40" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="7FB4E448" w:rsidP="4DC28C9B" w:rsidRDefault="7FB4E448" w14:paraId="06A92036" w14:textId="4B20B37C">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="7FB4E448">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="2419FDC6" w:rsidTr="2419FDC6" w14:paraId="769DD7D5">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="40" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="40" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="2419FDC6" w:rsidP="2419FDC6" w:rsidRDefault="2419FDC6" w14:paraId="4139EDE2" w14:textId="2C429A95">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2419FDC6" w:rsidR="2419FDC6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>LIN7053</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6285" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="2419FDC6" w:rsidP="2419FDC6" w:rsidRDefault="2419FDC6" w14:paraId="02614642" w14:textId="123118A1">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil" w:color="000000" w:sz="0" w:space="0"/>
+                <w:left w:val="nil" w:color="000000" w:sz="0" w:space="0"/>
+                <w:bottom w:val="nil" w:color="000000" w:sz="0" w:space="0"/>
+                <w:right w:val="nil" w:color="000000" w:sz="0" w:space="0"/>
+                <w:between w:val="nil" w:color="000000" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2419FDC6" w:rsidR="2419FDC6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Applying Linguistics in the Real World</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="40" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="40" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="2419FDC6" w:rsidP="2419FDC6" w:rsidRDefault="2419FDC6" w14:paraId="4163D96E" w14:textId="7328E6E0">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2419FDC6" w:rsidR="2419FDC6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Optional</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="40" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="40" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="2419FDC6" w:rsidP="2419FDC6" w:rsidRDefault="2419FDC6" w14:paraId="1942CDAB" w14:textId="23FE7917">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2419FDC6" w:rsidR="2419FDC6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="4DC28C9B" w:rsidTr="2419FDC6" w14:paraId="601B0D98">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="40" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="40" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="7FB4E448" w:rsidP="4DC28C9B" w:rsidRDefault="7FB4E448" w14:paraId="36D41497" w14:textId="6414F5A0">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="7FB4E448">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>LIN7214</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6285" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="7FB4E448" w:rsidP="4DC28C9B" w:rsidRDefault="7FB4E448" w14:paraId="18FE3DEB" w14:textId="44893D2E">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="7FB4E448">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Multimodality, media and language</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="40" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="40" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="7FB4E448" w:rsidP="4DC28C9B" w:rsidRDefault="7FB4E448" w14:paraId="6119DECA" w14:textId="68B7683B">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="7FB4E448">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Optional</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="40" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="40" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="7FB4E448" w:rsidP="4DC28C9B" w:rsidRDefault="7FB4E448" w14:paraId="73685EAB" w14:textId="72872788">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4DC28C9B" w:rsidR="7FB4E448">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00B70F57" w:rsidTr="2419FDC6" w14:paraId="36EEBCA8" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="240"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="40" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="40" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00FF3226" w:rsidR="00B70F57" w:rsidP="00B70F57" w:rsidRDefault="00B70F57" w14:paraId="418E873B" w14:textId="35C80037">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>STA7008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6285" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00FF3226" w:rsidR="00B70F57" w:rsidP="00B70F57" w:rsidRDefault="00B70F57" w14:paraId="13E6C977" w14:textId="3896F699">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Digital Methods and Ethics in Digital Media and Cultures</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="40" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="40" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00FF3226" w:rsidR="00B70F57" w:rsidP="00B70F57" w:rsidRDefault="00B70F57" w14:paraId="17CB8458" w14:textId="3DD9F4C0">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Optional</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="40" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="40" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00FF3226" w:rsidR="00B70F57" w:rsidP="00B70F57" w:rsidRDefault="00B70F57" w14:paraId="75A0DA97" w14:textId="321939ED">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00B70F57" w:rsidTr="2419FDC6" w14:paraId="7A25DBD4" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7515" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="668A673D" w14:textId="77777777" w:rsidR="00143A53" w:rsidRPr="00FF3226" w:rsidRDefault="00143A53" w:rsidP="00143A53">
+          <w:p w:rsidRPr="00FF3226" w:rsidR="00B70F57" w:rsidP="00B70F57" w:rsidRDefault="00B70F57" w14:paraId="2D6AFD20" w14:textId="120CEB0C">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF3226">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>SEMESTER 2</w:t>
+              <w:t>SUPERVISED PROJECT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="66A7803A" w14:textId="77777777" w:rsidR="00143A53" w:rsidRPr="00FF3226" w:rsidRDefault="00143A53" w:rsidP="00143A53">
+          <w:p w:rsidRPr="00FF3226" w:rsidR="00B70F57" w:rsidP="00B70F57" w:rsidRDefault="00B70F57" w14:paraId="7C7D8A0A" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF3226">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Selection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="975" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="42EF0E95" w14:textId="77777777" w:rsidR="00143A53" w:rsidRPr="00FF3226" w:rsidRDefault="00143A53" w:rsidP="00143A53">
+          <w:p w:rsidRPr="00FF3226" w:rsidR="00B70F57" w:rsidP="00B70F57" w:rsidRDefault="00B70F57" w14:paraId="7725A488" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF3226">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00143A53" w:rsidRPr="00FF3226" w14:paraId="3F6A12C0" w14:textId="77777777" w:rsidTr="53405FC2">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00B70F57" w:rsidTr="2419FDC6" w14:paraId="4647A99F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2616587B" w14:textId="3F11E789" w:rsidR="00143A53" w:rsidRPr="00583945" w:rsidRDefault="00143A53" w:rsidP="00143A53">
+          <w:p w:rsidRPr="00FF3226" w:rsidR="00B70F57" w:rsidP="00B70F57" w:rsidRDefault="00B70F57" w14:paraId="0E65255D" w14:textId="485F9DEE">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>LIN7075</w:t>
+            <w:r w:rsidRPr="00FF3226">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>LIN7006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6285" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="61492F00" w14:textId="0892B6F5" w:rsidR="00143A53" w:rsidRPr="00583945" w:rsidRDefault="00143A53" w:rsidP="00143A53">
+          <w:p w:rsidRPr="00FF3226" w:rsidR="00B70F57" w:rsidP="00B70F57" w:rsidRDefault="00B70F57" w14:paraId="201E6BA9" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Language and AI: Advanced Programming</w:t>
+            <w:r w:rsidRPr="00FF3226">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dissertation in Linguistics </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4F9CF920" w14:textId="1A41588C" w:rsidR="00143A53" w:rsidRPr="00583945" w:rsidRDefault="00B70F57" w:rsidP="00143A53">
+          <w:p w:rsidRPr="00FF3226" w:rsidR="00B70F57" w:rsidP="00B70F57" w:rsidRDefault="00B70F57" w14:paraId="4A14EA37" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Compulsory</w:t>
+            <w:r w:rsidRPr="00FF3226">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Core</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="975" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="540E3091" w14:textId="7BA36990" w:rsidR="00143A53" w:rsidRPr="00583945" w:rsidRDefault="00B70F57" w:rsidP="00143A53">
+          <w:p w:rsidRPr="00FF3226" w:rsidR="00B70F57" w:rsidP="00B70F57" w:rsidRDefault="00B70F57" w14:paraId="1F6A262F" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>15</w:t>
+            <w:r w:rsidRPr="00FF3226">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00143A53" w:rsidRPr="00FF3226" w14:paraId="62D3567B" w14:textId="77777777" w:rsidTr="53405FC2">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00B70F57" w:rsidTr="2419FDC6" w14:paraId="2C7295FC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...1183 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2D6AFD20" w14:textId="120CEB0C" w:rsidR="00B70F57" w:rsidRPr="00FF3226" w:rsidRDefault="00B70F57" w:rsidP="00B70F57">
-[...234 lines deleted...]
-          <w:p w14:paraId="5C726AA8" w14:textId="5E6CFE08" w:rsidR="00B70F57" w:rsidRPr="00FF3226" w:rsidRDefault="2E0A3775" w:rsidP="00B70F57">
+          <w:p w:rsidRPr="00FF3226" w:rsidR="00B70F57" w:rsidP="00B70F57" w:rsidRDefault="00B70F57" w14:paraId="5C726AA8" w14:textId="5E6CFE08">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="53405FC2">
-[...9 lines deleted...]
-              <w:r w:rsidRPr="53405FC2">
+            <w:r w:rsidRPr="53405FC2" w:rsidR="2E0A3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please </w:t>
+            </w:r>
+            <w:r w:rsidRPr="53405FC2" w:rsidR="2E0A3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t>submit</w:t>
+            </w:r>
+            <w:r w:rsidRPr="53405FC2" w:rsidR="2E0A3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> your selections using the Module Registration Task in </w:t>
+            </w:r>
+            <w:hyperlink r:id="Rc55a5812168a4bbd">
+              <w:r w:rsidRPr="53405FC2" w:rsidR="2E0A3775">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:t>MySIS</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="53405FC2">
-[...4 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="53405FC2" w:rsidR="2E0A3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
               <w:t xml:space="preserve"> by 1</w:t>
             </w:r>
-            <w:r w:rsidR="223826AD" w:rsidRPr="53405FC2">
-[...4 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="53405FC2" w:rsidR="223826AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidRPr="53405FC2">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> September 2025</w:t>
+            <w:r w:rsidRPr="53405FC2" w:rsidR="2E0A3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> September 202</w:t>
+            </w:r>
+            <w:r w:rsidRPr="53405FC2" w:rsidR="2E0A3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2D81CAD6" w14:textId="503EA8A1" w:rsidR="005912EE" w:rsidRPr="00FF3226" w:rsidRDefault="005912EE" w:rsidP="3D7303F2">
+    <w:p w:rsidRPr="00FF3226" w:rsidR="005912EE" w:rsidP="3D7303F2" w:rsidRDefault="005912EE" w14:paraId="2D81CAD6" w14:textId="503EA8A1">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="General"/>
+      <w:bookmarkStart w:name="General" w:id="1"/>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:sectPr w:rsidR="005912EE" w:rsidRPr="00FF3226" w:rsidSect="00B55075">
-      <w:pgSz w:w="11880" w:h="16800"/>
+    <w:sectPr w:rsidRPr="00FF3226" w:rsidR="005912EE" w:rsidSect="00B55075">
+      <w:pgSz w:w="11880" w:h="16800" w:orient="portrait"/>
       <w:pgMar w:top="576" w:right="862" w:bottom="778" w:left="1152" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="079864D0" w14:textId="77777777" w:rsidR="00EA13C8" w:rsidRDefault="00EA13C8">
+    <w:p w:rsidR="00EA13C8" w:rsidRDefault="00EA13C8" w14:paraId="079864D0" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="13BABF7A" w14:textId="77777777" w:rsidR="00EA13C8" w:rsidRDefault="00EA13C8">
+    <w:p w:rsidR="00EA13C8" w:rsidRDefault="00EA13C8" w14:paraId="13BABF7A" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6E6DF177" w14:textId="77777777" w:rsidR="00EA13C8" w:rsidRDefault="00EA13C8"/>
+    <w:p w:rsidR="00EA13C8" w:rsidRDefault="00EA13C8" w14:paraId="6E6DF177" w14:textId="77777777"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -5133,1276 +5502,1276 @@
     <w:panose1 w:val="020B0704020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times Roman">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="165AD2DB" w14:textId="77777777" w:rsidR="00EA13C8" w:rsidRDefault="00EA13C8">
+    <w:p w:rsidR="00EA13C8" w:rsidRDefault="00EA13C8" w14:paraId="165AD2DB" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="053577DE" w14:textId="77777777" w:rsidR="00EA13C8" w:rsidRDefault="00EA13C8">
+    <w:p w:rsidR="00EA13C8" w:rsidRDefault="00EA13C8" w14:paraId="053577DE" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2611084F" w14:textId="77777777" w:rsidR="00EA13C8" w:rsidRDefault="00EA13C8"/>
+    <w:p w:rsidR="00EA13C8" w:rsidRDefault="00EA13C8" w14:paraId="2611084F" w14:textId="77777777"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
 <int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
   <int2:observations>
     <int2:textHash int2:hashCode="blp5CpZDuwCJ+t" int2:id="st6kgCkT">
       <int2:state int2:value="Rejected" int2:type="LegacyProofing"/>
     </int2:textHash>
     <int2:textHash int2:hashCode="ni8UUdXdlt6RIo" int2:id="mIldaTUI">
       <int2:state int2:value="Rejected" int2:type="LegacyProofing"/>
     </int2:textHash>
     <int2:textHash int2:hashCode="GDKeCwFJIqv3QB" int2:id="aYxEkcwa">
       <int2:state int2:value="Rejected" int2:type="LegacyProofing"/>
     </int2:textHash>
     <int2:textHash int2:hashCode="ihDtkvh1I6EEu4" int2:id="LBYD8msY">
       <int2:state int2:value="Rejected" int2:type="LegacyProofing"/>
     </int2:textHash>
     <int2:textHash int2:hashCode="KgHgqesI2Ao6f2" int2:id="mDG55cnI">
       <int2:state int2:value="Rejected" int2:type="LegacyProofing"/>
     </int2:textHash>
     <int2:textHash int2:hashCode="CZjP7Wq2mUacRG" int2:id="sNNjcrWa">
       <int2:state int2:value="Rejected" int2:type="LegacyProofing"/>
     </int2:textHash>
     <int2:textHash int2:hashCode="MRgQvqYt8kevL9" int2:id="IcyZ3gz7">
       <int2:state int2:value="Rejected" int2:type="LegacyProofing"/>
     </int2:textHash>
     <int2:textHash int2:hashCode="l9+A/HGO33vQee" int2:id="dbD8fLvd">
       <int2:state int2:value="Rejected" int2:type="LegacyProofing"/>
     </int2:textHash>
     <int2:textHash int2:hashCode="2QQeYKt8wTCW5M" int2:id="NR1IjKEC">
       <int2:state int2:value="Rejected" int2:type="LegacyProofing"/>
     </int2:textHash>
   </int2:observations>
   <int2:intelligenceSettings/>
   <int2:onDemandWorkflows/>
 </int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15E40FC8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="208676F0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4CCED636"/>
     <w:styleLink w:val="List0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="258D485A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B0949004"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="164"/>
         </w:tabs>
         <w:ind w:left="164" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="1"/>
         <w:position w:val="-2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:vertAlign w:val="baseline"/>
         <w:lang w:val="en-US"/>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="344"/>
         </w:tabs>
         <w:ind w:left="344" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="1"/>
         <w:position w:val="-2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:vertAlign w:val="baseline"/>
         <w:lang w:val="en-US"/>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="524"/>
         </w:tabs>
         <w:ind w:left="524" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="1"/>
         <w:position w:val="-2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:vertAlign w:val="baseline"/>
         <w:lang w:val="en-US"/>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="704"/>
         </w:tabs>
         <w:ind w:left="704" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="1"/>
         <w:position w:val="-2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:vertAlign w:val="baseline"/>
         <w:lang w:val="en-US"/>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="884"/>
         </w:tabs>
         <w:ind w:left="884" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="1"/>
         <w:position w:val="-2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:vertAlign w:val="baseline"/>
         <w:lang w:val="en-US"/>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1064"/>
         </w:tabs>
         <w:ind w:left="1064" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="1"/>
         <w:position w:val="-2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:vertAlign w:val="baseline"/>
         <w:lang w:val="en-US"/>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1244"/>
         </w:tabs>
         <w:ind w:left="1244" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="1"/>
         <w:position w:val="-2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:vertAlign w:val="baseline"/>
         <w:lang w:val="en-US"/>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1424"/>
         </w:tabs>
         <w:ind w:left="1424" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="1"/>
         <w:position w:val="-2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:vertAlign w:val="baseline"/>
         <w:lang w:val="en-US"/>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1604"/>
         </w:tabs>
         <w:ind w:left="1604" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="1"/>
         <w:position w:val="-2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:vertAlign w:val="baseline"/>
         <w:lang w:val="en-US"/>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C9927B6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31024591"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E341DC2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D725336"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4EEF7B30"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="62769D02"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66D25894"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0" w:tplc="EC008568">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="8FCAC5AC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="D7686ACA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="34667A08">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="E7483A16">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="D7243794">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="BBB2440C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="178E0DF0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="32A2C496">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78826362"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E3BEAF3C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:position w:val="0"/>
       </w:rPr>
     </w:lvl>
@@ -6482,52 +6851,53 @@
   <w:num w:numId="4" w16cid:durableId="1557544352">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1322075308">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="894463079">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1595047484">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="273099440">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1503937481">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="180552855">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008B3237"/>
     <w:rsid w:val="00001769"/>
     <w:rsid w:val="00001E02"/>
@@ -6567,88 +6937,86 @@
     <w:rsid w:val="003155E0"/>
     <w:rsid w:val="00317F94"/>
     <w:rsid w:val="003420CF"/>
     <w:rsid w:val="0035254A"/>
     <w:rsid w:val="0037097A"/>
     <w:rsid w:val="00386081"/>
     <w:rsid w:val="003C3C42"/>
     <w:rsid w:val="003D08BF"/>
     <w:rsid w:val="003E69A0"/>
     <w:rsid w:val="00407375"/>
     <w:rsid w:val="004617B9"/>
     <w:rsid w:val="00473FA7"/>
     <w:rsid w:val="00475264"/>
     <w:rsid w:val="00485177"/>
     <w:rsid w:val="004A5565"/>
     <w:rsid w:val="0053184C"/>
     <w:rsid w:val="00570E37"/>
     <w:rsid w:val="00583945"/>
     <w:rsid w:val="005912EE"/>
     <w:rsid w:val="00594688"/>
     <w:rsid w:val="00594BB6"/>
     <w:rsid w:val="005B0B9C"/>
     <w:rsid w:val="00681FC7"/>
     <w:rsid w:val="006B04DA"/>
     <w:rsid w:val="006B42D5"/>
-    <w:rsid w:val="006C3D67"/>
     <w:rsid w:val="006E8E0B"/>
     <w:rsid w:val="00714F89"/>
     <w:rsid w:val="00722D4E"/>
     <w:rsid w:val="007679CC"/>
     <w:rsid w:val="00772166"/>
     <w:rsid w:val="00795057"/>
     <w:rsid w:val="007A4FFF"/>
     <w:rsid w:val="007B8D01"/>
     <w:rsid w:val="007C316B"/>
     <w:rsid w:val="007F1347"/>
     <w:rsid w:val="00806124"/>
     <w:rsid w:val="0084726E"/>
     <w:rsid w:val="008522CE"/>
     <w:rsid w:val="00854AED"/>
     <w:rsid w:val="008801A9"/>
     <w:rsid w:val="00897AA5"/>
     <w:rsid w:val="008B3237"/>
     <w:rsid w:val="008B6F69"/>
     <w:rsid w:val="008E129F"/>
     <w:rsid w:val="008F1FF0"/>
     <w:rsid w:val="008F7288"/>
     <w:rsid w:val="0090673D"/>
     <w:rsid w:val="00907449"/>
     <w:rsid w:val="00975C73"/>
     <w:rsid w:val="009813A8"/>
     <w:rsid w:val="00983D88"/>
     <w:rsid w:val="009842B6"/>
     <w:rsid w:val="00991C12"/>
     <w:rsid w:val="00995D55"/>
     <w:rsid w:val="009A4583"/>
     <w:rsid w:val="009A4CE4"/>
     <w:rsid w:val="009A6A7C"/>
     <w:rsid w:val="009DA340"/>
     <w:rsid w:val="009E4D48"/>
     <w:rsid w:val="009F6044"/>
     <w:rsid w:val="00A04D0E"/>
-    <w:rsid w:val="00A17C03"/>
     <w:rsid w:val="00A362F2"/>
     <w:rsid w:val="00A3658A"/>
     <w:rsid w:val="00A41269"/>
     <w:rsid w:val="00A453DC"/>
     <w:rsid w:val="00A60115"/>
     <w:rsid w:val="00A8CF5D"/>
     <w:rsid w:val="00AA3196"/>
     <w:rsid w:val="00AB6AC7"/>
     <w:rsid w:val="00B0662D"/>
     <w:rsid w:val="00B3451B"/>
     <w:rsid w:val="00B55075"/>
     <w:rsid w:val="00B65017"/>
     <w:rsid w:val="00B6DF3D"/>
     <w:rsid w:val="00B70F57"/>
     <w:rsid w:val="00BB048C"/>
     <w:rsid w:val="00BB5040"/>
     <w:rsid w:val="00C010A3"/>
     <w:rsid w:val="00C03F7E"/>
     <w:rsid w:val="00C0DAA8"/>
     <w:rsid w:val="00C11DEF"/>
     <w:rsid w:val="00C25172"/>
     <w:rsid w:val="00C27152"/>
     <w:rsid w:val="00C355D3"/>
     <w:rsid w:val="00C428F5"/>
     <w:rsid w:val="00C45AB9"/>
@@ -7005,50 +7373,51 @@
     <w:rsid w:val="1977F948"/>
     <w:rsid w:val="1995D583"/>
     <w:rsid w:val="19AD4557"/>
     <w:rsid w:val="19D02011"/>
     <w:rsid w:val="19E94D54"/>
     <w:rsid w:val="19E98C3C"/>
     <w:rsid w:val="19F344EF"/>
     <w:rsid w:val="19F9827E"/>
     <w:rsid w:val="19FF8072"/>
     <w:rsid w:val="1A255527"/>
     <w:rsid w:val="1A2715A1"/>
     <w:rsid w:val="1A38352D"/>
     <w:rsid w:val="1A492122"/>
     <w:rsid w:val="1A54EE83"/>
     <w:rsid w:val="1A602B68"/>
     <w:rsid w:val="1A6B608E"/>
     <w:rsid w:val="1A71FCD0"/>
     <w:rsid w:val="1A7D0201"/>
     <w:rsid w:val="1A7E2E3F"/>
     <w:rsid w:val="1A843A62"/>
     <w:rsid w:val="1ACD6C0F"/>
     <w:rsid w:val="1AF3E1C5"/>
     <w:rsid w:val="1B0CDBCA"/>
     <w:rsid w:val="1B301B8F"/>
     <w:rsid w:val="1B31BD28"/>
+    <w:rsid w:val="1B31BD28"/>
     <w:rsid w:val="1B326CEC"/>
     <w:rsid w:val="1B483ACB"/>
     <w:rsid w:val="1B51A3DB"/>
     <w:rsid w:val="1B52F597"/>
     <w:rsid w:val="1B90A520"/>
     <w:rsid w:val="1BA84CE9"/>
     <w:rsid w:val="1BBF663B"/>
     <w:rsid w:val="1BE45570"/>
     <w:rsid w:val="1BF59AF5"/>
     <w:rsid w:val="1C07C796"/>
     <w:rsid w:val="1C0AB4B0"/>
     <w:rsid w:val="1C11851C"/>
     <w:rsid w:val="1C3E0A6E"/>
     <w:rsid w:val="1C400AD6"/>
     <w:rsid w:val="1C46D329"/>
     <w:rsid w:val="1C533694"/>
     <w:rsid w:val="1C593333"/>
     <w:rsid w:val="1C5F03A9"/>
     <w:rsid w:val="1C756B00"/>
     <w:rsid w:val="1C825FD1"/>
     <w:rsid w:val="1C9A6C4C"/>
     <w:rsid w:val="1CD0804F"/>
     <w:rsid w:val="1CF84064"/>
     <w:rsid w:val="1D03E3E9"/>
     <w:rsid w:val="1D15DBCE"/>
@@ -7117,51 +7486,53 @@
     <w:rsid w:val="227CE1A2"/>
     <w:rsid w:val="228DFB4D"/>
     <w:rsid w:val="22AE474B"/>
     <w:rsid w:val="22AF4C5A"/>
     <w:rsid w:val="22BB9D05"/>
     <w:rsid w:val="22CA038F"/>
     <w:rsid w:val="22CA097C"/>
     <w:rsid w:val="22D09B9A"/>
     <w:rsid w:val="22DC8602"/>
     <w:rsid w:val="2319478D"/>
     <w:rsid w:val="23272091"/>
     <w:rsid w:val="2327771A"/>
     <w:rsid w:val="232A076D"/>
     <w:rsid w:val="23352DD9"/>
     <w:rsid w:val="234E9F60"/>
     <w:rsid w:val="23722738"/>
     <w:rsid w:val="237723A3"/>
     <w:rsid w:val="2397C3BC"/>
     <w:rsid w:val="239C7D7E"/>
     <w:rsid w:val="23A51523"/>
     <w:rsid w:val="23D04F74"/>
     <w:rsid w:val="23D8215B"/>
     <w:rsid w:val="23DE5011"/>
     <w:rsid w:val="23FE0144"/>
     <w:rsid w:val="23FE80D5"/>
+    <w:rsid w:val="2419FDC6"/>
     <w:rsid w:val="241EDE43"/>
+    <w:rsid w:val="2421973E"/>
     <w:rsid w:val="2421973E"/>
     <w:rsid w:val="244B1CBB"/>
     <w:rsid w:val="2460432C"/>
     <w:rsid w:val="2470D711"/>
     <w:rsid w:val="2477D81D"/>
     <w:rsid w:val="2477DF38"/>
     <w:rsid w:val="247968A9"/>
     <w:rsid w:val="248D701F"/>
     <w:rsid w:val="24939A95"/>
     <w:rsid w:val="24B4B6C5"/>
     <w:rsid w:val="24B59C1F"/>
     <w:rsid w:val="24C6DE33"/>
     <w:rsid w:val="24DAA328"/>
     <w:rsid w:val="24E06560"/>
     <w:rsid w:val="24EA14BC"/>
     <w:rsid w:val="251B07CF"/>
     <w:rsid w:val="2529CF53"/>
     <w:rsid w:val="255039FE"/>
     <w:rsid w:val="2561FD7A"/>
     <w:rsid w:val="257096E6"/>
     <w:rsid w:val="25734531"/>
     <w:rsid w:val="258AD1CB"/>
     <w:rsid w:val="25982422"/>
     <w:rsid w:val="25D1EE19"/>
     <w:rsid w:val="25D7DA8F"/>
@@ -7215,50 +7586,51 @@
     <w:rsid w:val="29DDF717"/>
     <w:rsid w:val="2A04CAFD"/>
     <w:rsid w:val="2A1FBCB9"/>
     <w:rsid w:val="2A6979E1"/>
     <w:rsid w:val="2A71D352"/>
     <w:rsid w:val="2AAC0A6E"/>
     <w:rsid w:val="2AC5348F"/>
     <w:rsid w:val="2AD60FF0"/>
     <w:rsid w:val="2ADE8D32"/>
     <w:rsid w:val="2AE9A376"/>
     <w:rsid w:val="2B0D6EEC"/>
     <w:rsid w:val="2B20C066"/>
     <w:rsid w:val="2B35E80A"/>
     <w:rsid w:val="2B3FB91C"/>
     <w:rsid w:val="2B566A43"/>
     <w:rsid w:val="2B8BF40E"/>
     <w:rsid w:val="2B8EE429"/>
     <w:rsid w:val="2BA36DED"/>
     <w:rsid w:val="2BA77950"/>
     <w:rsid w:val="2BACEF74"/>
     <w:rsid w:val="2BB0369F"/>
     <w:rsid w:val="2BCC88AF"/>
     <w:rsid w:val="2BCE80D5"/>
     <w:rsid w:val="2BE8852C"/>
     <w:rsid w:val="2C0FC53C"/>
+    <w:rsid w:val="2C2BFA5D"/>
     <w:rsid w:val="2C2BFA5D"/>
     <w:rsid w:val="2C3E1C13"/>
     <w:rsid w:val="2C448813"/>
     <w:rsid w:val="2C5C23E8"/>
     <w:rsid w:val="2C637BE8"/>
     <w:rsid w:val="2C7C832A"/>
     <w:rsid w:val="2C7E9B82"/>
     <w:rsid w:val="2C95A66B"/>
     <w:rsid w:val="2CA23FDD"/>
     <w:rsid w:val="2CA6611A"/>
     <w:rsid w:val="2CAF204B"/>
     <w:rsid w:val="2CB3ED0A"/>
     <w:rsid w:val="2CD279C0"/>
     <w:rsid w:val="2D184F05"/>
     <w:rsid w:val="2D392A4E"/>
     <w:rsid w:val="2D9C475F"/>
     <w:rsid w:val="2DA9213B"/>
     <w:rsid w:val="2DB624BA"/>
     <w:rsid w:val="2E0A3775"/>
     <w:rsid w:val="2E3C85A6"/>
     <w:rsid w:val="2E3D0D58"/>
     <w:rsid w:val="2E85F42A"/>
     <w:rsid w:val="2EBD78C1"/>
     <w:rsid w:val="2ED9A7A0"/>
     <w:rsid w:val="2EFC6DDD"/>
@@ -7461,50 +7833,51 @@
     <w:rsid w:val="3DF3CEC6"/>
     <w:rsid w:val="3E0BA408"/>
     <w:rsid w:val="3E491462"/>
     <w:rsid w:val="3E830BA3"/>
     <w:rsid w:val="3E9FDEF2"/>
     <w:rsid w:val="3EB298C5"/>
     <w:rsid w:val="3EB4A96E"/>
     <w:rsid w:val="3EB8BFCF"/>
     <w:rsid w:val="3EDB00C7"/>
     <w:rsid w:val="3EE1A1B7"/>
     <w:rsid w:val="3EE2BD61"/>
     <w:rsid w:val="3EFDD865"/>
     <w:rsid w:val="3F055616"/>
     <w:rsid w:val="3F13D469"/>
     <w:rsid w:val="3F173EC0"/>
     <w:rsid w:val="3F1A16B2"/>
     <w:rsid w:val="3F873FA2"/>
     <w:rsid w:val="3F920918"/>
     <w:rsid w:val="3FBE0623"/>
     <w:rsid w:val="3FE5544F"/>
     <w:rsid w:val="3FEBD32C"/>
     <w:rsid w:val="4000D978"/>
     <w:rsid w:val="40093050"/>
     <w:rsid w:val="4020EACC"/>
     <w:rsid w:val="40412AD3"/>
+    <w:rsid w:val="40459213"/>
     <w:rsid w:val="408221B7"/>
     <w:rsid w:val="40D43367"/>
     <w:rsid w:val="40F0EA61"/>
     <w:rsid w:val="40F21241"/>
     <w:rsid w:val="40F329F6"/>
     <w:rsid w:val="411127B2"/>
     <w:rsid w:val="411BCA09"/>
     <w:rsid w:val="413E177C"/>
     <w:rsid w:val="41584D33"/>
     <w:rsid w:val="416352C1"/>
     <w:rsid w:val="417B575C"/>
     <w:rsid w:val="417FF682"/>
     <w:rsid w:val="4182C4C6"/>
     <w:rsid w:val="41B1461F"/>
     <w:rsid w:val="42156FB9"/>
     <w:rsid w:val="421BA3C7"/>
     <w:rsid w:val="423A02E5"/>
     <w:rsid w:val="42568842"/>
     <w:rsid w:val="4274163C"/>
     <w:rsid w:val="42776B55"/>
     <w:rsid w:val="42938089"/>
     <w:rsid w:val="4295E7EE"/>
     <w:rsid w:val="42AA7295"/>
     <w:rsid w:val="42B0DE0B"/>
     <w:rsid w:val="42B52C58"/>
@@ -7669,50 +8042,51 @@
     <w:rsid w:val="4F701D1F"/>
     <w:rsid w:val="4FA4F03A"/>
     <w:rsid w:val="4FADD0B6"/>
     <w:rsid w:val="4FB68853"/>
     <w:rsid w:val="4FD08666"/>
     <w:rsid w:val="4FDD1984"/>
     <w:rsid w:val="4FE5D200"/>
     <w:rsid w:val="4FF15886"/>
     <w:rsid w:val="4FF4A79C"/>
     <w:rsid w:val="4FFFD47E"/>
     <w:rsid w:val="5014FFD1"/>
     <w:rsid w:val="502E992A"/>
     <w:rsid w:val="505F9949"/>
     <w:rsid w:val="50820321"/>
     <w:rsid w:val="50AFCF9A"/>
     <w:rsid w:val="50B8FF9A"/>
     <w:rsid w:val="50C7ECE0"/>
     <w:rsid w:val="50CFA19F"/>
     <w:rsid w:val="50ED8500"/>
     <w:rsid w:val="51107345"/>
     <w:rsid w:val="512D1D85"/>
     <w:rsid w:val="5133B04B"/>
     <w:rsid w:val="513653B1"/>
     <w:rsid w:val="514136E2"/>
     <w:rsid w:val="5151B3CE"/>
+    <w:rsid w:val="516DA521"/>
     <w:rsid w:val="51A51D1E"/>
     <w:rsid w:val="51B3CD15"/>
     <w:rsid w:val="51B70D2F"/>
     <w:rsid w:val="51D1E3AE"/>
     <w:rsid w:val="51F2A575"/>
     <w:rsid w:val="51FE1F86"/>
     <w:rsid w:val="521749D5"/>
     <w:rsid w:val="521DB98D"/>
     <w:rsid w:val="523CB734"/>
     <w:rsid w:val="5256A8FC"/>
     <w:rsid w:val="52A041AD"/>
     <w:rsid w:val="52C2AE4B"/>
     <w:rsid w:val="52CA6118"/>
     <w:rsid w:val="52D0E3BC"/>
     <w:rsid w:val="53118193"/>
     <w:rsid w:val="53405FC2"/>
     <w:rsid w:val="5379DE71"/>
     <w:rsid w:val="537DB928"/>
     <w:rsid w:val="539E66AF"/>
     <w:rsid w:val="53C56F54"/>
     <w:rsid w:val="540EEA6A"/>
     <w:rsid w:val="544C286D"/>
     <w:rsid w:val="545C7D03"/>
     <w:rsid w:val="5464E462"/>
     <w:rsid w:val="547642B4"/>
@@ -8038,50 +8412,51 @@
     <w:rsid w:val="705EC699"/>
     <w:rsid w:val="706771C0"/>
     <w:rsid w:val="706D7453"/>
     <w:rsid w:val="706EE0A0"/>
     <w:rsid w:val="709E7EEC"/>
     <w:rsid w:val="70A23503"/>
     <w:rsid w:val="70AEC6EB"/>
     <w:rsid w:val="70B76C75"/>
     <w:rsid w:val="7109199B"/>
     <w:rsid w:val="71121FB7"/>
     <w:rsid w:val="7125DC98"/>
     <w:rsid w:val="71281435"/>
     <w:rsid w:val="71348E7E"/>
     <w:rsid w:val="7137A74A"/>
     <w:rsid w:val="7146967C"/>
     <w:rsid w:val="714C1AC1"/>
     <w:rsid w:val="7151A1B8"/>
     <w:rsid w:val="71530B07"/>
     <w:rsid w:val="7159115B"/>
     <w:rsid w:val="71605B4D"/>
     <w:rsid w:val="716CA9F6"/>
     <w:rsid w:val="719F6235"/>
     <w:rsid w:val="71A12200"/>
     <w:rsid w:val="71AA12CC"/>
     <w:rsid w:val="71BEF7CB"/>
+    <w:rsid w:val="71DA96D6"/>
     <w:rsid w:val="71EFD1E6"/>
     <w:rsid w:val="720BE5AE"/>
     <w:rsid w:val="72121035"/>
     <w:rsid w:val="721A53C0"/>
     <w:rsid w:val="72377AD0"/>
     <w:rsid w:val="7238C9E1"/>
     <w:rsid w:val="723E09EA"/>
     <w:rsid w:val="724CDC2B"/>
     <w:rsid w:val="72523123"/>
     <w:rsid w:val="72552087"/>
     <w:rsid w:val="72861227"/>
     <w:rsid w:val="728E68A5"/>
     <w:rsid w:val="72A3C8A2"/>
     <w:rsid w:val="72D33AC5"/>
     <w:rsid w:val="72D4A7A7"/>
     <w:rsid w:val="72F10980"/>
     <w:rsid w:val="730E0255"/>
     <w:rsid w:val="73262940"/>
     <w:rsid w:val="7327FAC4"/>
     <w:rsid w:val="732BD6DB"/>
     <w:rsid w:val="73369735"/>
     <w:rsid w:val="7351880B"/>
     <w:rsid w:val="73AC2BB5"/>
     <w:rsid w:val="73D20A7D"/>
     <w:rsid w:val="73FB1656"/>
@@ -8250,159 +8625,159 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6F9B9885"/>
   <w15:docId w15:val="{987F292A-5AE1-4E49-92C4-5E351426701E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS" w:cs="Times New Roman"/>
         <w:bdr w:val="nil"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8538,52 +8913,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -8641,287 +9016,287 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:next w:val="Body"/>
     <w:link w:val="Heading3Char"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:u w:color="000000"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:rPr>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="HeaderFooter">
+  <w:style w:type="paragraph" w:styleId="HeaderFooter" w:customStyle="1">
     <w:name w:val="Header &amp; Footer"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9020"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Helvetica" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="720"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="3600"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="5040"/>
         <w:tab w:val="left" w:pos="5760"/>
         <w:tab w:val="left" w:pos="6480"/>
         <w:tab w:val="left" w:pos="7200"/>
         <w:tab w:val="left" w:pos="7920"/>
       </w:tabs>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times Roman" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:u w:val="single" w:color="000000"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Body">
+  <w:style w:type="paragraph" w:styleId="Body" w:customStyle="1">
     <w:name w:val="Body"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times Roman" w:eastAsia="Times Roman" w:hAnsi="Times Roman" w:cs="Times Roman"/>
+      <w:rFonts w:ascii="Times Roman" w:hAnsi="Times Roman" w:eastAsia="Times Roman" w:cs="Times Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:u w:color="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="numbering" w:customStyle="1" w:styleId="List0">
+  <w:style w:type="numbering" w:styleId="List0" w:customStyle="1">
     <w:name w:val="List 0"/>
     <w:basedOn w:val="Numbered"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="9"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="numbering" w:customStyle="1" w:styleId="Numbered">
+  <w:style w:type="numbering" w:styleId="Numbered" w:customStyle="1">
     <w:name w:val="Numbered"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AA3196"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA3196"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AA3196"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA3196"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:rsid w:val="009A4CE4"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:u w:color="000000"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00182F89"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:link w:val="BodyTextChar"/>
     <w:rsid w:val="00002ECF"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times Roman" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:u w:color="000000"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+  <w:style w:type="character" w:styleId="BodyTextChar" w:customStyle="1">
     <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
     <w:rsid w:val="00002ECF"/>
     <w:rPr>
       <w:rFonts w:ascii="Times Roman" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:u w:color="000000"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableStyle2">
+  <w:style w:type="paragraph" w:styleId="TableStyle2" w:customStyle="1">
     <w:name w:val="Table Style 2"/>
     <w:rsid w:val="009A6A7C"/>
     <w:rPr>
       <w:rFonts w:ascii="Helvetica" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
       <w:color w:val="000000"/>
       <w:lang w:val="en-US" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:rsid w:val="00D65157"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:ind w:left="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times Roman" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
       <w:color w:val="000000"/>
       <w:kern w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:u w:color="000000"/>
       <w:lang w:val="en-US" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
@@ -8933,64 +9308,64 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D65157"/>
     <w:rPr>
       <w:color w:val="FF00FF" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0035254A"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGridLight">
     <w:name w:val="Grid Table Light"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="40"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="77096889">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="882402487">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9006,60 +9381,59 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1762410309">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teams.microsoft.com/l/meetup-join/19%3ameeting_YzEzNzJmYTUtOWM2OC00OGQwLWE0NzAtZjU3NjI2ZGYwMWUz%40thread.v2/0?context=%7b%22Tid%22%3a%22569df091-b013-40e3-86ee-bd9cb9e25814%22%2c%22Oid%22%3a%22e8c905d9-e3ce-40d1-a6e6-1cf4c8373303%22%7d" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://timetables.qmul.ac.uk/default.aspx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysis.qmul.ac.uk/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.qmul.ac.uk/modules" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:l.stockall@qmul.ac.uk" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysis.qmul.ac.uk/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teams.microsoft.com/l/meetup-join/19%3ameeting_YzEzNzJmYTUtOWM2OC00OGQwLWE0NzAtZjU3NjI2ZGYwMWUz%40thread.v2/0?context=%7b%22Tid%22%3a%22569df091-b013-40e3-86ee-bd9cb9e25814%22%2c%22Oid%22%3a%22e8c905d9-e3ce-40d1-a6e6-1cf4c8373303%22%7d" TargetMode="External"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysis.qmul.ac.uk/" TargetMode="External" Id="R846d8a00916a4a28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.qmul.ac.uk/modules" TargetMode="External" Id="R9882df779b744e11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teams.microsoft.com/l/meetup-join/19%3ameeting_YzEzNzJmYTUtOWM2OC00OGQwLWE0NzAtZjU3NjI2ZGYwMWUz%40thread.v2/0?context=%7b%22Tid%22%3a%22569df091-b013-40e3-86ee-bd9cb9e25814%22%2c%22Oid%22%3a%22e8c905d9-e3ce-40d1-a6e6-1cf4c8373303%22%7d" TargetMode="External" Id="R0aede1d7eb554848" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teams.microsoft.com/l/meetup-join/19%3ameeting_YzEzNzJmYTUtOWM2OC00OGQwLWE0NzAtZjU3NjI2ZGYwMWUz%40thread.v2/0?context=%7b%22Tid%22%3a%22569df091-b013-40e3-86ee-bd9cb9e25814%22%2c%22Oid%22%3a%22e8c905d9-e3ce-40d1-a6e6-1cf4c8373303%22%7d" TargetMode="External" Id="R038da34b9305497f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://timetables.qmul.ac.uk/default.aspx" TargetMode="External" Id="Rb487b35e85424ff9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:l.stockall@qmul.ac.uk" TargetMode="External" Id="Rd03aa8e5a2314d8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysis.qmul.ac.uk/" TargetMode="External" Id="Rc55a5812168a4bbd" /></Relationships>
 </file>
 
 <file path=word/theme/_rels/theme1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Blank">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Blank">
   <a:themeElements>
     <a:clrScheme name="Blank">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="404040"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="BFBFBF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="499BC9"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="6EC038"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="F1D130"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFA93A"/>
@@ -10271,52 +10645,72 @@
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="none"/>
       </a:style>
     </a:txDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001C8F621482F98C4384B94E95C5482199" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7dde41c3cb7842231a7dd3ca0f10f983">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6c16959e-a6c3-4a2b-a654-f34cbbe8085f" xmlns:ns3="42af17ff-dac7-491c-95b1-f710dfaea1f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7aabc53559e980a1f478f21daccfc995" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="42af17ff-dac7-491c-95b1-f710dfaea1f9" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="6c16959e-a6c3-4a2b-a654-f34cbbe8085f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001C8F621482F98C4384B94E95C5482199" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="26b3c2d702d51a7d40933d0a07659933">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6c16959e-a6c3-4a2b-a654-f34cbbe8085f" xmlns:ns3="42af17ff-dac7-491c-95b1-f710dfaea1f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3836231a409fe243d936b047f1517a77" ns2:_="" ns3:_="">
     <xsd:import namespace="6c16959e-a6c3-4a2b-a654-f34cbbe8085f"/>
     <xsd:import namespace="42af17ff-dac7-491c-95b1-f710dfaea1f9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -10483,140 +10877,98 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2FAE30C9-0640-4D38-867C-18D0DCC99082}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EAEA9263-AC60-40F6-A2ED-C5460F17E026}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D8173BDC-F71A-45CD-95B0-98A0A07FCE75}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="42af17ff-dac7-491c-95b1-f710dfaea1f9"/>
     <ds:schemaRef ds:uri="6c16959e-a6c3-4a2b-a654-f34cbbe8085f"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EAEA9263-AC60-40F6-A2ED-C5460F17E026}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6EBC8E21-F05D-49A7-B51D-9A707E19CB55}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...16 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company>University of London</ap:Company>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Spela Gruden</dc:creator>
-  <cp:keywords/>
-[...1 lines deleted...]
-  <cp:revision></cp:revision>
+  <keywords/>
+  <lastModifiedBy>Lisa Stubbings</lastModifiedBy>
+  <revision>10</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</cp:coreProperties>
+</coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001C8F621482F98C4384B94E95C5482199</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="QMULDepartment">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="QMULDocumentType">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="QMULSchool">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="TaxKeyword">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="QMULDocumentStatus">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="QMULInformationClassification">
     <vt:lpwstr>1;#Protect|9124d8d9-0c1c-41e9-aa14-aba001e9a028</vt:lpwstr>
   </property>