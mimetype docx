--- v0 (2025-10-25)
+++ v1 (2025-12-16)
@@ -4184,51 +4184,51 @@
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9915" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="6285"/>
         <w:gridCol w:w="1425"/>
         <w:gridCol w:w="975"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00D65157" w:rsidTr="54089939" w14:paraId="47DD5B9D" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00D65157" w:rsidTr="5AD2BE48" w14:paraId="47DD5B9D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9915" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FF3226" w:rsidR="00D65157" w:rsidP="00305469" w:rsidRDefault="072147B0" w14:paraId="35627502" w14:textId="5F905823">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:jc w:val="center"/>
@@ -4323,53 +4323,53 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
             <w:r w:rsidR="00583945">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00D65157" w:rsidTr="54089939" w14:paraId="2D68125C" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00D65157" w:rsidTr="5AD2BE48" w14:paraId="2D68125C" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="240"/>
+          <w:trHeight w:val="1230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9915" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FF3226" w:rsidR="6F02DDCC" w:rsidP="3D7303F2" w:rsidRDefault="5D16CD79" w14:paraId="0E24CE22" w14:textId="7E569E68">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
@@ -4619,51 +4619,51 @@
             </w:r>
             <w:r w:rsidRPr="00FF3226" w:rsidR="646E1D2A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>more than two level 6 (L6) options may be taken as part of the overall programme. Places may be capped.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="00FF3226" w:rsidR="00CB6360" w:rsidP="00CB6360" w:rsidRDefault="00CB6360" w14:paraId="4E299C90" w14:textId="36D6F831">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="164"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00D65157" w:rsidTr="54089939" w14:paraId="63DFDB29" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00D65157" w:rsidTr="5AD2BE48" w14:paraId="63DFDB29" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7515" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FF3226" w:rsidR="00D65157" w:rsidP="3D7303F2" w:rsidRDefault="072147B0" w14:paraId="0C95294B" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
@@ -4733,51 +4733,51 @@
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FF3226" w:rsidR="00D65157" w:rsidP="3D7303F2" w:rsidRDefault="072147B0" w14:paraId="18C8A147" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF3226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00D65157" w:rsidTr="54089939" w14:paraId="4874E132" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00D65157" w:rsidTr="5AD2BE48" w14:paraId="4874E132" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00583945" w:rsidR="362A63DB" w:rsidP="3D7303F2" w:rsidRDefault="51F2A575" w14:paraId="1F97E725" w14:textId="2543AB97">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -4880,51 +4880,51 @@
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00583945" w:rsidR="00D65157" w:rsidP="3D7303F2" w:rsidRDefault="072147B0" w14:paraId="041C3048" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="8F8F8F" w:themeColor="background2" w:themeShade="BF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00583945">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00D65157" w:rsidTr="54089939" w14:paraId="7FC4CF60" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00D65157" w:rsidTr="5AD2BE48" w14:paraId="7FC4CF60" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00583945" w:rsidR="362A63DB" w:rsidP="3D7303F2" w:rsidRDefault="51F2A575" w14:paraId="2713F6F3" w14:textId="0363ED39">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -5025,51 +5025,51 @@
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00583945" w:rsidR="00D65157" w:rsidP="3D7303F2" w:rsidRDefault="072147B0" w14:paraId="03EB9521" w14:textId="66B3E67E">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00583945">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="6BE376F4" w:rsidTr="54089939" w14:paraId="0B97CE3F" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="6BE376F4" w:rsidTr="5AD2BE48" w14:paraId="0B97CE3F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00583945" w:rsidR="6BE376F4" w:rsidP="60E11422" w:rsidRDefault="3B9782C8" w14:paraId="6766B658" w14:textId="3709C37E">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -5173,51 +5173,51 @@
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00583945" w:rsidR="6BE376F4" w:rsidP="60E11422" w:rsidRDefault="3B9782C8" w14:paraId="0E70DA68" w14:textId="661A1C95">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00583945">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="0926256D" w:rsidTr="54089939" w14:paraId="6AD48075" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="0926256D" w:rsidTr="5AD2BE48" w14:paraId="6AD48075" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00583945" w:rsidR="1E4EE4EC" w:rsidP="60E11422" w:rsidRDefault="5D37E67C" w14:paraId="4706917D" w14:textId="63BEB5E9">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -5305,51 +5305,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00583945" w:rsidR="1E4EE4EC" w:rsidP="60E11422" w:rsidRDefault="5D37E67C" w14:paraId="4A11A45E" w14:textId="34BD7590">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00583945">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5884B457" w:rsidTr="54089939" w14:paraId="7AC23C7D">
+      <w:tr w:rsidR="5884B457" w:rsidTr="5AD2BE48" w14:paraId="7AC23C7D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="5884B457" w:rsidP="5884B457" w:rsidRDefault="5884B457" w14:paraId="344BB7BB" w14:textId="6BFEA87F">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -5449,51 +5449,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="5884B457" w:rsidP="5884B457" w:rsidRDefault="5884B457" w14:paraId="4C3FD71F" w14:textId="15928C5D">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5884B457" w:rsidR="5884B457">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidTr="54089939" w14:paraId="46A67E19" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidTr="5AD2BE48" w14:paraId="46A67E19" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00583945" w:rsidR="00583945" w:rsidP="00583945" w:rsidRDefault="00583945" w14:paraId="0AF9A745" w14:textId="4111F46D">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -5583,84 +5583,90 @@
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00583945" w:rsidR="00583945" w:rsidP="00583945" w:rsidRDefault="00583945" w14:paraId="031B3AAC" w14:textId="35DCB679">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00583945">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidTr="54089939" w14:paraId="4BB0ED85" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidTr="5AD2BE48" w14:paraId="4BB0ED85" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00583945" w:rsidR="00583945" w:rsidP="00583945" w:rsidRDefault="00583945" w14:paraId="5C894B6D" w14:textId="3990122D">
+          <w:p w:rsidRPr="00583945" w:rsidR="00583945" w:rsidP="00583945" w:rsidRDefault="00583945" w14:paraId="5C894B6D" w14:textId="68CB1677">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="5AD2BE48" w:rsidR="00583945">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>LIN6060</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5AD2BE48" w:rsidR="6F9DA265">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6285" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="00583945" w:rsidR="00583945" w:rsidP="00583945" w:rsidRDefault="00583945" w14:paraId="1A1F7209" w14:textId="671621E3">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -5721,84 +5727,90 @@
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00583945" w:rsidR="00583945" w:rsidP="00583945" w:rsidRDefault="00583945" w14:paraId="4FCECD90" w14:textId="5C0EA303">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> (L6)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidTr="54089939" w14:paraId="6567EF3A" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidTr="5AD2BE48" w14:paraId="6567EF3A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00583945" w:rsidR="00583945" w:rsidP="00583945" w:rsidRDefault="00583945" w14:paraId="49B26ED0" w14:textId="3A6EA8EE">
+          <w:p w:rsidRPr="00583945" w:rsidR="00583945" w:rsidP="00583945" w:rsidRDefault="00583945" w14:paraId="49B26ED0" w14:textId="62F457B3">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="5AD2BE48" w:rsidR="00583945">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>LIN6213</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5AD2BE48" w:rsidR="5D633A9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6285" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="00583945" w:rsidR="00583945" w:rsidP="00583945" w:rsidRDefault="00583945" w14:paraId="5D51F674" w14:textId="6918D8C9">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -5853,51 +5865,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00583945" w:rsidR="00583945" w:rsidP="00583945" w:rsidRDefault="00583945" w14:paraId="487FAEF6" w14:textId="15DA46A9">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>15 (L6)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidTr="54089939" w14:paraId="680F37FA" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidTr="5AD2BE48" w14:paraId="680F37FA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7515" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidP="00583945" w:rsidRDefault="00583945" w14:paraId="668A673D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
@@ -5967,51 +5979,51 @@
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidP="00583945" w:rsidRDefault="00583945" w14:paraId="42EF0E95" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF3226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidTr="54089939" w14:paraId="3F6A12C0" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidTr="5AD2BE48" w14:paraId="3F6A12C0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00583945" w:rsidR="00583945" w:rsidP="00583945" w:rsidRDefault="00583945" w14:paraId="2616587B" w14:textId="05C678BC">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -6111,51 +6123,51 @@
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00583945" w:rsidR="00583945" w:rsidP="00583945" w:rsidRDefault="00583945" w14:paraId="540E3091" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00583945">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidTr="54089939" w14:paraId="62D3567B" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidTr="5AD2BE48" w14:paraId="62D3567B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="337F00A1" w:rsidP="337F00A1" w:rsidRDefault="337F00A1" w14:noSpellErr="1" w14:paraId="159403E5">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -6263,51 +6275,51 @@
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="337F00A1" w:rsidP="337F00A1" w:rsidRDefault="337F00A1" w14:noSpellErr="1" w14:paraId="3C41DA71">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="337F00A1" w:rsidR="337F00A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidTr="54089939" w14:paraId="0BFD74B8" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidTr="5AD2BE48" w14:paraId="0BFD74B8" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00583945" w:rsidR="00583945" w:rsidP="00583945" w:rsidRDefault="00583945" w14:paraId="5CD40357" w14:textId="0D784601">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -6415,51 +6427,51 @@
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00583945" w:rsidR="00583945" w:rsidP="00583945" w:rsidRDefault="00583945" w14:paraId="1014E0B7" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00583945">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidTr="54089939" w14:paraId="052FBDCA" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidTr="5AD2BE48" w14:paraId="052FBDCA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidP="00583945" w:rsidRDefault="00583945" w14:paraId="0E3BCAE1" w14:textId="622293A4">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -6543,51 +6555,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidP="00583945" w:rsidRDefault="00583945" w14:paraId="3972D3AF" w14:textId="722BE234">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidTr="54089939" w14:paraId="36EEBCA8" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidTr="5AD2BE48" w14:paraId="36EEBCA8" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidP="00583945" w:rsidRDefault="00583945" w14:paraId="418E873B" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -6671,51 +6683,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidP="00583945" w:rsidRDefault="00583945" w14:paraId="75A0DA97" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF3226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidTr="54089939" w14:paraId="477158A1" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidTr="5AD2BE48" w14:paraId="477158A1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidP="00583945" w:rsidRDefault="00583945" w14:paraId="758E3266" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -6807,51 +6819,51 @@
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidP="00583945" w:rsidRDefault="00583945" w14:paraId="5F25C7DD" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF3226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidTr="54089939" w14:paraId="6494C78E" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidTr="5AD2BE48" w14:paraId="6494C78E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidP="00583945" w:rsidRDefault="00583945" w14:paraId="28C08C10" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -6935,51 +6947,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidP="00583945" w:rsidRDefault="00583945" w14:paraId="52460E05" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF3226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidTr="54089939" w14:paraId="3238149D" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidTr="5AD2BE48" w14:paraId="3238149D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00C530BB" w:rsidR="00583945" w:rsidP="00583945" w:rsidRDefault="00583945" w14:paraId="16663860" w14:textId="48BA00C2">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -7067,51 +7079,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidP="00583945" w:rsidRDefault="00583945" w14:paraId="259A799C" w14:textId="7DBE948D">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidTr="54089939" w14:paraId="16AE864F" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidTr="5AD2BE48" w14:paraId="16AE864F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidP="00583945" w:rsidRDefault="00583945" w14:paraId="2A149605" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -7195,51 +7207,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidP="00583945" w:rsidRDefault="00583945" w14:paraId="4DD59B2A" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF3226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidTr="54089939" w14:paraId="1D3AFFA0" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidTr="5AD2BE48" w14:paraId="1D3AFFA0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidP="00583945" w:rsidRDefault="00AB6AC7" w14:paraId="01C0AB6A" w14:textId="19F669A5">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -7323,51 +7335,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidP="00583945" w:rsidRDefault="00AB6AC7" w14:paraId="04C5397C" w14:textId="04172BDE">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidTr="54089939" w14:paraId="4792E0BC" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidTr="5AD2BE48" w14:paraId="4792E0BC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidP="00583945" w:rsidRDefault="00AB6AC7" w14:paraId="2A3654EF" w14:textId="7BE8305E">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -7451,51 +7463,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidP="00583945" w:rsidRDefault="00AB6AC7" w14:paraId="7A772351" w14:textId="647CAA08">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidTr="54089939" w14:paraId="7A25DBD4" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidTr="5AD2BE48" w14:paraId="7A25DBD4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7515" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidP="00583945" w:rsidRDefault="00583945" w14:paraId="2D6AFD20" w14:textId="120CEB0C">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
@@ -7557,51 +7569,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidP="00583945" w:rsidRDefault="00583945" w14:paraId="7725A488" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF3226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidTr="54089939" w14:paraId="4647A99F" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidTr="5AD2BE48" w14:paraId="4647A99F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidP="00583945" w:rsidRDefault="00583945" w14:paraId="0E65255D" w14:textId="485F9DEE">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -7685,51 +7697,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidP="00583945" w:rsidRDefault="00583945" w14:paraId="1F6A262F" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF3226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidTr="54089939" w14:paraId="2C7295FC" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidTr="5AD2BE48" w14:paraId="2C7295FC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9915" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FF3226" w:rsidR="00583945" w:rsidP="00583945" w:rsidRDefault="00583945" w14:paraId="5C726AA8" w14:textId="5B279FD5">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:jc w:val="center"/>
@@ -7859,51 +7871,51 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9915" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="6210"/>
         <w:gridCol w:w="1455"/>
         <w:gridCol w:w="1020"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00D65157" w:rsidTr="54089939" w14:paraId="7A3AFF54" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00D65157" w:rsidTr="46C28356" w14:paraId="7A3AFF54" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9915" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FF3226" w:rsidR="00D65157" w:rsidP="00305469" w:rsidRDefault="072147B0" w14:paraId="265209D5" w14:textId="5B55D89A">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:jc w:val="center"/>
@@ -7997,51 +8009,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
             <w:r w:rsidR="00AB6AC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00D65157" w:rsidTr="54089939" w14:paraId="550D269B" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00D65157" w:rsidTr="46C28356" w14:paraId="550D269B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9915" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FF3226" w:rsidR="00D65157" w:rsidP="3D7303F2" w:rsidRDefault="3EFDD865" w14:paraId="2A150455" w14:textId="26D20DED">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
@@ -8200,51 +8212,51 @@
             <w:r w:rsidRPr="00FF3226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>more than two level 6 (L6) options may be taken as part of the overall programme. Places may be capped.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="00FF3226" w:rsidR="00CB6360" w:rsidP="00CB6360" w:rsidRDefault="00CB6360" w14:paraId="3E837ADC" w14:textId="67F0EB12">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="164"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00D65157" w:rsidTr="54089939" w14:paraId="7734CDC9" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00D65157" w:rsidTr="46C28356" w14:paraId="7734CDC9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FF3226" w:rsidR="00D65157" w:rsidP="3D7303F2" w:rsidRDefault="072147B0" w14:paraId="748EFC98" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
@@ -8314,51 +8326,51 @@
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FF3226" w:rsidR="00D65157" w:rsidP="3D7303F2" w:rsidRDefault="072147B0" w14:paraId="5E6C2E30" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF3226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00D65157" w:rsidTr="54089939" w14:paraId="7C10C957" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00D65157" w:rsidTr="46C28356" w14:paraId="7C10C957" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00386081" w:rsidR="362A63DB" w:rsidP="0CF7C310" w:rsidRDefault="51F2A575" w14:paraId="67D9CC6F" w14:textId="3AF6383F">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -8462,51 +8474,51 @@
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00386081" w:rsidR="00D65157" w:rsidP="0CF7C310" w:rsidRDefault="51F2A575" w14:paraId="1A66FD51" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0CF7C310">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00D65157" w:rsidTr="54089939" w14:paraId="409DE924" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00D65157" w:rsidTr="46C28356" w14:paraId="409DE924" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00386081" w:rsidR="362A63DB" w:rsidP="2D9C475F" w:rsidRDefault="51F2A575" w14:paraId="13A9E279" w14:textId="4061C8AF">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -8610,51 +8622,51 @@
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00386081" w:rsidR="00D65157" w:rsidP="2D9C475F" w:rsidRDefault="072147B0" w14:paraId="3E223026" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="8F8F8F" w:themeColor="background2" w:themeShade="BF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0CF7C310">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00D65157" w:rsidTr="54089939" w14:paraId="220C817D" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00D65157" w:rsidTr="46C28356" w14:paraId="220C817D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00386081" w:rsidR="362A63DB" w:rsidP="2D9C475F" w:rsidRDefault="51F2A575" w14:paraId="4B453FBA" w14:textId="34539D78">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -8754,51 +8766,51 @@
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00386081" w:rsidR="00D65157" w:rsidP="2D9C475F" w:rsidRDefault="072147B0" w14:paraId="3BC8D126" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0CF7C310">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5884B457" w:rsidTr="54089939" w14:paraId="66511920">
+      <w:tr w:rsidR="5884B457" w:rsidTr="46C28356" w14:paraId="66511920">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="5884B457" w:rsidP="5884B457" w:rsidRDefault="5884B457" w14:paraId="736EDEBC" w14:textId="3EC771A6">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
@@ -8895,51 +8907,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="5884B457" w:rsidP="5884B457" w:rsidRDefault="5884B457" w14:paraId="54774215" w14:textId="47E1A1E1">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5884B457" w:rsidR="5884B457">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00386081" w:rsidTr="54089939" w14:paraId="3933CCE5" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00386081" w:rsidTr="46C28356" w14:paraId="3933CCE5" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00386081" w:rsidR="00386081" w:rsidP="2D9C475F" w:rsidRDefault="00AB6AC7" w14:paraId="16EFF2A6" w14:textId="124FE9E7">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -9027,51 +9039,51 @@
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00386081" w:rsidR="00386081" w:rsidP="2D9C475F" w:rsidRDefault="00AB6AC7" w14:paraId="3AE9DF99" w14:textId="26AA9BC7">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00386081" w:rsidTr="54089939" w14:paraId="5758107E" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00386081" w:rsidTr="46C28356" w14:paraId="5758107E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00386081" w:rsidR="00386081" w:rsidP="2D9C475F" w:rsidRDefault="00AB6AC7" w14:paraId="6BC680B7" w14:textId="4C80E617">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -9170,51 +9182,51 @@
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00386081" w:rsidR="00386081" w:rsidP="2D9C475F" w:rsidRDefault="00AB6AC7" w14:paraId="5F4E3BC6" w14:textId="467AB2B8">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00386081" w:rsidTr="54089939" w14:paraId="0BBFFD80" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00386081" w:rsidTr="46C28356" w14:paraId="0BBFFD80" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FA6048" w:rsidR="00386081" w:rsidP="2D9C475F" w:rsidRDefault="00AB6AC7" w14:paraId="15B0631E" w14:textId="39E2DE07">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -9307,83 +9319,89 @@
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FA6048" w:rsidR="00386081" w:rsidP="2D9C475F" w:rsidRDefault="00AB6AC7" w14:paraId="7F55703E" w14:textId="54E4487F">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00386081" w:rsidTr="54089939" w14:paraId="5C857717" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00386081" w:rsidTr="46C28356" w14:paraId="5C857717" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00386081" w:rsidR="00386081" w:rsidP="2D9C475F" w:rsidRDefault="00AB6AC7" w14:paraId="7821141F" w14:textId="08A5029A">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w:rsidRPr="00386081" w:rsidR="00386081" w:rsidP="2D9C475F" w:rsidRDefault="00AB6AC7" w14:paraId="7821141F" w14:textId="4BD04895">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="46C28356" w:rsidR="00AB6AC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>LIN6060</w:t>
+            </w:r>
+            <w:r w:rsidRPr="46C28356" w:rsidR="33AA1247">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6210" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="00386081" w:rsidR="00386081" w:rsidP="2D9C475F" w:rsidRDefault="00AB6AC7" w14:paraId="280DE3B2" w14:textId="01E7E2BF">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -9435,83 +9453,89 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00386081" w:rsidR="00386081" w:rsidP="2D9C475F" w:rsidRDefault="00AB6AC7" w14:paraId="65BE9C77" w14:textId="19A097DD">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>15 (L6)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00FA6048" w:rsidTr="54089939" w14:paraId="65DE2FB4" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00FA6048" w:rsidTr="46C28356" w14:paraId="65DE2FB4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00FF3226" w:rsidR="00FA6048" w:rsidP="00FA6048" w:rsidRDefault="00AB6AC7" w14:paraId="35714BAF" w14:textId="05AE9E11">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w:rsidRPr="00FF3226" w:rsidR="00FA6048" w:rsidP="00FA6048" w:rsidRDefault="00AB6AC7" w14:paraId="35714BAF" w14:textId="5C629239">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="46C28356" w:rsidR="00AB6AC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>LIN6213</w:t>
+            </w:r>
+            <w:r w:rsidRPr="46C28356" w:rsidR="7AAB7BFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6210" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="00FF3226" w:rsidR="00FA6048" w:rsidP="00FA6048" w:rsidRDefault="00AB6AC7" w14:paraId="56713DBB" w14:textId="7D319FB8">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -9567,51 +9591,51 @@
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FF3226" w:rsidR="00FA6048" w:rsidP="00FA6048" w:rsidRDefault="00AB6AC7" w14:paraId="09D25A48" w14:textId="7DA9AC4B">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>15 (L6)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00FA6048" w:rsidTr="54089939" w14:paraId="5536E644" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00FA6048" w:rsidTr="46C28356" w14:paraId="5536E644" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FF3226" w:rsidR="00FA6048" w:rsidP="00FA6048" w:rsidRDefault="00FA6048" w14:paraId="34B41B6A" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
@@ -9681,51 +9705,51 @@
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FF3226" w:rsidR="00FA6048" w:rsidP="00FA6048" w:rsidRDefault="00FA6048" w14:paraId="32893805" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0CF7C310">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00FA6048" w:rsidTr="54089939" w14:paraId="7A7F0A2C" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00FA6048" w:rsidTr="46C28356" w14:paraId="7A7F0A2C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FA6048" w:rsidR="00FA6048" w:rsidP="0CF7C310" w:rsidRDefault="00FA6048" w14:paraId="68EA7266" w14:textId="71718EC9">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -9825,51 +9849,51 @@
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FA6048" w:rsidR="00FA6048" w:rsidP="0CF7C310" w:rsidRDefault="00FA6048" w14:paraId="062953C3" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0CF7C310">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00FA6048" w:rsidTr="54089939" w14:paraId="3392C522" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00FA6048" w:rsidTr="46C28356" w14:paraId="3392C522" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FA6048" w:rsidR="00FA6048" w:rsidP="2D9C475F" w:rsidRDefault="00FA6048" w14:paraId="211301F1" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -9953,51 +9977,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FA6048" w:rsidR="00FA6048" w:rsidP="2D9C475F" w:rsidRDefault="00FA6048" w14:paraId="67E76822" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0CF7C310">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00FA6048" w:rsidTr="54089939" w14:paraId="2447D089" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00FA6048" w:rsidTr="46C28356" w14:paraId="2447D089" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FA6048" w:rsidR="00FA6048" w:rsidP="2D9C475F" w:rsidRDefault="00FA6048" w14:paraId="23A3BC3E" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -10081,51 +10105,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FA6048" w:rsidR="00FA6048" w:rsidP="2D9C475F" w:rsidRDefault="00FA6048" w14:paraId="1830D428" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0CF7C310">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00FA6048" w:rsidTr="54089939" w14:paraId="3BA10A0E" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00FA6048" w:rsidTr="46C28356" w14:paraId="3BA10A0E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FA6048" w:rsidR="00FA6048" w:rsidP="2D9C475F" w:rsidRDefault="00FA6048" w14:paraId="10C2C289" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -10217,51 +10241,51 @@
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FA6048" w:rsidR="00FA6048" w:rsidP="2D9C475F" w:rsidRDefault="00FA6048" w14:paraId="6BB937DD" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0CF7C310">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00FA6048" w:rsidTr="54089939" w14:paraId="0A5D7A7F" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00FA6048" w:rsidTr="46C28356" w14:paraId="0A5D7A7F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FA6048" w:rsidR="00FA6048" w:rsidP="2D9C475F" w:rsidRDefault="00FA6048" w14:paraId="3BCA3AEC" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -10345,51 +10369,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FA6048" w:rsidR="00FA6048" w:rsidP="2D9C475F" w:rsidRDefault="00FA6048" w14:paraId="085D9D05" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0CF7C310">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00FA6048" w:rsidTr="54089939" w14:paraId="5992D4AF" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00FA6048" w:rsidTr="46C28356" w14:paraId="5992D4AF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00AB6AC7" w:rsidR="00FA6048" w:rsidP="2D9C475F" w:rsidRDefault="00AB6AC7" w14:paraId="3F311E06" w14:textId="18231673">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -10473,51 +10497,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00AB6AC7" w:rsidR="00FA6048" w:rsidP="2D9C475F" w:rsidRDefault="00AB6AC7" w14:paraId="4B74C412" w14:textId="48D99FAC">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB6AC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00FA6048" w:rsidTr="54089939" w14:paraId="16AE1E74" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00FA6048" w:rsidTr="46C28356" w14:paraId="16AE1E74" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FA6048" w:rsidR="00FA6048" w:rsidP="2D9C475F" w:rsidRDefault="00FA6048" w14:paraId="70F617DC" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -10601,51 +10625,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FA6048" w:rsidR="00FA6048" w:rsidP="2D9C475F" w:rsidRDefault="00FA6048" w14:paraId="256E61E4" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0CF7C310">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00201FA0" w:rsidTr="54089939" w14:paraId="031EDEDA" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00201FA0" w:rsidTr="46C28356" w14:paraId="031EDEDA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FA6048" w:rsidR="00201FA0" w:rsidP="00201FA0" w:rsidRDefault="00201FA0" w14:paraId="1154A0E6" w14:textId="0175FC3D">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -10731,51 +10755,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FA6048" w:rsidR="00201FA0" w:rsidP="00201FA0" w:rsidRDefault="00201FA0" w14:paraId="6807824E" w14:textId="2FEEEA7F">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0CF7C310">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00201FA0" w:rsidTr="54089939" w14:paraId="72278418" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00201FA0" w:rsidTr="46C28356" w14:paraId="72278418" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FA6048" w:rsidR="00201FA0" w:rsidP="00201FA0" w:rsidRDefault="00201FA0" w14:paraId="5DEFDE24" w14:textId="45ABD96F">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -10859,51 +10883,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FA6048" w:rsidR="00201FA0" w:rsidP="00201FA0" w:rsidRDefault="00201FA0" w14:paraId="19C9EA20" w14:textId="65B967DE">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00201FA0" w:rsidTr="54089939" w14:paraId="1C9A84D9" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00201FA0" w:rsidTr="46C28356" w14:paraId="1C9A84D9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FA6048" w:rsidR="00201FA0" w:rsidP="00201FA0" w:rsidRDefault="00201FA0" w14:paraId="582BE4A4" w14:textId="29388761">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -10992,51 +11016,51 @@
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FA6048" w:rsidR="00201FA0" w:rsidP="00201FA0" w:rsidRDefault="00201FA0" w14:paraId="024B44C9" w14:textId="62DAD1B7">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00201FA0" w:rsidTr="54089939" w14:paraId="55F21686" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00201FA0" w:rsidTr="46C28356" w14:paraId="55F21686" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FF3226" w:rsidR="00201FA0" w:rsidP="00201FA0" w:rsidRDefault="00201FA0" w14:paraId="76930394" w14:textId="00984585">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
@@ -11098,51 +11122,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FF3226" w:rsidR="00201FA0" w:rsidP="00201FA0" w:rsidRDefault="00201FA0" w14:paraId="0EFB3377" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF3226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00201FA0" w:rsidTr="54089939" w14:paraId="3D8AE2B1" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00201FA0" w:rsidTr="46C28356" w14:paraId="3D8AE2B1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FA6048" w:rsidR="00201FA0" w:rsidP="00201FA0" w:rsidRDefault="00201FA0" w14:paraId="7C476338" w14:textId="22509281">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -11242,51 +11266,51 @@
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FA6048" w:rsidR="00201FA0" w:rsidP="00201FA0" w:rsidRDefault="00201FA0" w14:paraId="4B775F2B" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="60E11422">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FF3226" w:rsidR="00201FA0" w:rsidTr="54089939" w14:paraId="303954FB" w14:textId="77777777">
+      <w:tr w:rsidRPr="00FF3226" w:rsidR="00201FA0" w:rsidTr="46C28356" w14:paraId="303954FB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9915" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00FF3226" w:rsidR="00201FA0" w:rsidP="00201FA0" w:rsidRDefault="00201FA0" w14:paraId="2E02B0C6" w14:textId="193F89F8">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:jc w:val="center"/>
@@ -21052,50 +21076,51 @@
     <w:rsid w:val="32B07869"/>
     <w:rsid w:val="32B393F0"/>
     <w:rsid w:val="32BB5BD0"/>
     <w:rsid w:val="32CA52D8"/>
     <w:rsid w:val="32CC129D"/>
     <w:rsid w:val="32DADC93"/>
     <w:rsid w:val="32E15EF7"/>
     <w:rsid w:val="32E9BE32"/>
     <w:rsid w:val="32EC7F81"/>
     <w:rsid w:val="32F1B650"/>
     <w:rsid w:val="3301C611"/>
     <w:rsid w:val="331D96E1"/>
     <w:rsid w:val="3336BB6E"/>
     <w:rsid w:val="334267C4"/>
     <w:rsid w:val="3342EFD1"/>
     <w:rsid w:val="334B0FB3"/>
     <w:rsid w:val="3369C3DE"/>
     <w:rsid w:val="3377AAE7"/>
     <w:rsid w:val="337CABAD"/>
     <w:rsid w:val="337F00A1"/>
     <w:rsid w:val="33911BA9"/>
     <w:rsid w:val="339F7495"/>
     <w:rsid w:val="33A8A152"/>
     <w:rsid w:val="33A8AF64"/>
     <w:rsid w:val="33A98138"/>
+    <w:rsid w:val="33AA1247"/>
     <w:rsid w:val="33B3CDD6"/>
     <w:rsid w:val="33CFDF00"/>
     <w:rsid w:val="340BA945"/>
     <w:rsid w:val="341111C0"/>
     <w:rsid w:val="341FC022"/>
     <w:rsid w:val="34254A98"/>
     <w:rsid w:val="344E7D38"/>
     <w:rsid w:val="344EA9B8"/>
     <w:rsid w:val="345176A5"/>
     <w:rsid w:val="3461E295"/>
     <w:rsid w:val="349E7411"/>
     <w:rsid w:val="34C7CDE8"/>
     <w:rsid w:val="34E53889"/>
     <w:rsid w:val="34EC8F29"/>
     <w:rsid w:val="351B1DBB"/>
     <w:rsid w:val="3530ED2C"/>
     <w:rsid w:val="353570A8"/>
     <w:rsid w:val="35C33441"/>
     <w:rsid w:val="35F663FD"/>
     <w:rsid w:val="36253EE0"/>
     <w:rsid w:val="362A63DB"/>
     <w:rsid w:val="362FD709"/>
     <w:rsid w:val="364D63CA"/>
     <w:rsid w:val="364E054E"/>
     <w:rsid w:val="36528B96"/>
@@ -21279,50 +21304,51 @@
     <w:rsid w:val="44B21CD3"/>
     <w:rsid w:val="44D339F8"/>
     <w:rsid w:val="44DEB5AE"/>
     <w:rsid w:val="4524D292"/>
     <w:rsid w:val="4525D726"/>
     <w:rsid w:val="452CAE4E"/>
     <w:rsid w:val="453302A9"/>
     <w:rsid w:val="455A8D1B"/>
     <w:rsid w:val="4570D7C0"/>
     <w:rsid w:val="4575F083"/>
     <w:rsid w:val="45952881"/>
     <w:rsid w:val="4599A5D1"/>
     <w:rsid w:val="45DCCB49"/>
     <w:rsid w:val="45DDB071"/>
     <w:rsid w:val="45E4593C"/>
     <w:rsid w:val="45E7478A"/>
     <w:rsid w:val="45F26F3F"/>
     <w:rsid w:val="45FA313F"/>
     <w:rsid w:val="46063E30"/>
     <w:rsid w:val="4617D5E5"/>
     <w:rsid w:val="4621A268"/>
     <w:rsid w:val="4632FE8B"/>
     <w:rsid w:val="4673F648"/>
     <w:rsid w:val="4676EF8B"/>
     <w:rsid w:val="468AB5AA"/>
+    <w:rsid w:val="46C28356"/>
     <w:rsid w:val="46C8D5F8"/>
     <w:rsid w:val="46EDCF46"/>
     <w:rsid w:val="46F6719A"/>
     <w:rsid w:val="4715EB92"/>
     <w:rsid w:val="471D29E1"/>
     <w:rsid w:val="47259112"/>
     <w:rsid w:val="4768ED90"/>
     <w:rsid w:val="477108EB"/>
     <w:rsid w:val="47A78292"/>
     <w:rsid w:val="47CAA785"/>
     <w:rsid w:val="47CC41BD"/>
     <w:rsid w:val="47F2EC11"/>
     <w:rsid w:val="4812FDDF"/>
     <w:rsid w:val="481EECA2"/>
     <w:rsid w:val="4850856B"/>
     <w:rsid w:val="4855E853"/>
     <w:rsid w:val="487769ED"/>
     <w:rsid w:val="487903A8"/>
     <w:rsid w:val="489004B7"/>
     <w:rsid w:val="48A114F0"/>
     <w:rsid w:val="48A4F8A9"/>
     <w:rsid w:val="4904C6B6"/>
     <w:rsid w:val="49143D6D"/>
     <w:rsid w:val="4930D69E"/>
     <w:rsid w:val="4934F354"/>
@@ -21516,71 +21542,73 @@
     <w:rsid w:val="58917C18"/>
     <w:rsid w:val="589DCDCE"/>
     <w:rsid w:val="58A78586"/>
     <w:rsid w:val="58B85B96"/>
     <w:rsid w:val="58CA7160"/>
     <w:rsid w:val="58F662AC"/>
     <w:rsid w:val="590E2026"/>
     <w:rsid w:val="590FF0C8"/>
     <w:rsid w:val="5919E652"/>
     <w:rsid w:val="59468639"/>
     <w:rsid w:val="5946C45D"/>
     <w:rsid w:val="594EE259"/>
     <w:rsid w:val="59506075"/>
     <w:rsid w:val="596D5DF9"/>
     <w:rsid w:val="5982EB3F"/>
     <w:rsid w:val="59944C90"/>
     <w:rsid w:val="59B0DFCF"/>
     <w:rsid w:val="59BD5A1A"/>
     <w:rsid w:val="59DCDA0F"/>
     <w:rsid w:val="5A0A671C"/>
     <w:rsid w:val="5A2BBA9C"/>
     <w:rsid w:val="5A2E97FD"/>
     <w:rsid w:val="5A438158"/>
     <w:rsid w:val="5AA6D569"/>
     <w:rsid w:val="5AADC4B9"/>
+    <w:rsid w:val="5AD2BE48"/>
     <w:rsid w:val="5AE98DC8"/>
     <w:rsid w:val="5AF54442"/>
     <w:rsid w:val="5B2D04DE"/>
     <w:rsid w:val="5B5D630C"/>
     <w:rsid w:val="5B6F9FE3"/>
     <w:rsid w:val="5BD2D8EB"/>
     <w:rsid w:val="5BD6040A"/>
     <w:rsid w:val="5BE38CF3"/>
     <w:rsid w:val="5BE47FE9"/>
     <w:rsid w:val="5C2E4A01"/>
     <w:rsid w:val="5C3BB333"/>
     <w:rsid w:val="5C5F9A07"/>
     <w:rsid w:val="5C6FA7CF"/>
     <w:rsid w:val="5C7DEA26"/>
     <w:rsid w:val="5C9A22FD"/>
     <w:rsid w:val="5CB626EA"/>
     <w:rsid w:val="5CFFE45D"/>
     <w:rsid w:val="5D06B1E9"/>
     <w:rsid w:val="5D16CD79"/>
     <w:rsid w:val="5D37E67C"/>
     <w:rsid w:val="5D5D9725"/>
+    <w:rsid w:val="5D633A9F"/>
     <w:rsid w:val="5D81A24C"/>
     <w:rsid w:val="5D8D3837"/>
     <w:rsid w:val="5DC14448"/>
     <w:rsid w:val="5DD0FC9C"/>
     <w:rsid w:val="5DEBBD90"/>
     <w:rsid w:val="5DF090DB"/>
     <w:rsid w:val="5E0CFF5B"/>
     <w:rsid w:val="5E2B46FE"/>
     <w:rsid w:val="5E5A31C5"/>
     <w:rsid w:val="5EA22381"/>
     <w:rsid w:val="5EA7E81A"/>
     <w:rsid w:val="5EAE7E2C"/>
     <w:rsid w:val="5EBD7E16"/>
     <w:rsid w:val="5F0A7207"/>
     <w:rsid w:val="5F16C70A"/>
     <w:rsid w:val="5F36DED8"/>
     <w:rsid w:val="5F457F17"/>
     <w:rsid w:val="5F71FE93"/>
     <w:rsid w:val="5F84303B"/>
     <w:rsid w:val="5F8C613C"/>
     <w:rsid w:val="5F9D465D"/>
     <w:rsid w:val="5FCA41D7"/>
     <w:rsid w:val="5FD19E7B"/>
     <w:rsid w:val="5FD9038C"/>
     <w:rsid w:val="5FE34570"/>
@@ -21749,50 +21777,51 @@
     <w:rsid w:val="6DB54ABB"/>
     <w:rsid w:val="6DC3D30C"/>
     <w:rsid w:val="6DE11B71"/>
     <w:rsid w:val="6DFD6481"/>
     <w:rsid w:val="6E653898"/>
     <w:rsid w:val="6E72458A"/>
     <w:rsid w:val="6E7296F1"/>
     <w:rsid w:val="6E81C355"/>
     <w:rsid w:val="6E9C5F7C"/>
     <w:rsid w:val="6EA68B10"/>
     <w:rsid w:val="6EC73C6C"/>
     <w:rsid w:val="6ED1E421"/>
     <w:rsid w:val="6EDE8D93"/>
     <w:rsid w:val="6EEED7B8"/>
     <w:rsid w:val="6EFDB779"/>
     <w:rsid w:val="6EFEF3B8"/>
     <w:rsid w:val="6F012588"/>
     <w:rsid w:val="6F02DDCC"/>
     <w:rsid w:val="6F0B5B9D"/>
     <w:rsid w:val="6F113F88"/>
     <w:rsid w:val="6F3206A2"/>
     <w:rsid w:val="6F4AF654"/>
     <w:rsid w:val="6F646BC0"/>
     <w:rsid w:val="6F6BC93F"/>
     <w:rsid w:val="6F84335D"/>
+    <w:rsid w:val="6F9DA265"/>
     <w:rsid w:val="6FA63FE8"/>
     <w:rsid w:val="6FBD40FA"/>
     <w:rsid w:val="6FC49CFA"/>
     <w:rsid w:val="6FF6ADE8"/>
     <w:rsid w:val="6FFC56C5"/>
     <w:rsid w:val="70129B22"/>
     <w:rsid w:val="701E02E1"/>
     <w:rsid w:val="7025FAE2"/>
     <w:rsid w:val="70579E4C"/>
     <w:rsid w:val="705EC699"/>
     <w:rsid w:val="706771C0"/>
     <w:rsid w:val="706D7453"/>
     <w:rsid w:val="706EE0A0"/>
     <w:rsid w:val="709E7EEC"/>
     <w:rsid w:val="70A23503"/>
     <w:rsid w:val="70AEC6EB"/>
     <w:rsid w:val="70B76C75"/>
     <w:rsid w:val="70E9CB16"/>
     <w:rsid w:val="70E9CB16"/>
     <w:rsid w:val="7109199B"/>
     <w:rsid w:val="71121FB7"/>
     <w:rsid w:val="7125DC98"/>
     <w:rsid w:val="71281435"/>
     <w:rsid w:val="71348E7E"/>
     <w:rsid w:val="7137A74A"/>
@@ -21885,64 +21914,66 @@
     <w:rsid w:val="787BD7B4"/>
     <w:rsid w:val="7885DB22"/>
     <w:rsid w:val="788BE1F5"/>
     <w:rsid w:val="788D5D42"/>
     <w:rsid w:val="7897BB97"/>
     <w:rsid w:val="789A9DE9"/>
     <w:rsid w:val="78A40491"/>
     <w:rsid w:val="78A8845C"/>
     <w:rsid w:val="78C6043D"/>
     <w:rsid w:val="78D2DA16"/>
     <w:rsid w:val="78E99F25"/>
     <w:rsid w:val="78EAA742"/>
     <w:rsid w:val="78FB01C0"/>
     <w:rsid w:val="7908FC43"/>
     <w:rsid w:val="792DB497"/>
     <w:rsid w:val="7944A2A6"/>
     <w:rsid w:val="79491715"/>
     <w:rsid w:val="79601DE8"/>
     <w:rsid w:val="797875F1"/>
     <w:rsid w:val="79852186"/>
     <w:rsid w:val="7992C757"/>
     <w:rsid w:val="7995A624"/>
     <w:rsid w:val="7996B068"/>
     <w:rsid w:val="799E27B9"/>
     <w:rsid w:val="79A84BE6"/>
+    <w:rsid w:val="79B1775E"/>
     <w:rsid w:val="79B4F831"/>
     <w:rsid w:val="79E0B0D7"/>
     <w:rsid w:val="79ED99A5"/>
     <w:rsid w:val="79F664AD"/>
     <w:rsid w:val="7A0E1C79"/>
     <w:rsid w:val="7A1665DA"/>
     <w:rsid w:val="7A3C8C59"/>
     <w:rsid w:val="7A4DBED5"/>
     <w:rsid w:val="7A57C871"/>
     <w:rsid w:val="7A766A6A"/>
     <w:rsid w:val="7A78B690"/>
     <w:rsid w:val="7A79D791"/>
     <w:rsid w:val="7A892DB7"/>
     <w:rsid w:val="7AA5B223"/>
+    <w:rsid w:val="7AAB7BFE"/>
     <w:rsid w:val="7AAC4261"/>
     <w:rsid w:val="7ACC2835"/>
     <w:rsid w:val="7AD26563"/>
     <w:rsid w:val="7AD3982F"/>
     <w:rsid w:val="7AD50D2C"/>
     <w:rsid w:val="7B00AD19"/>
     <w:rsid w:val="7B2011ED"/>
     <w:rsid w:val="7B61BA27"/>
     <w:rsid w:val="7B760B24"/>
     <w:rsid w:val="7B9896B7"/>
     <w:rsid w:val="7BA27DBC"/>
     <w:rsid w:val="7BCB249E"/>
     <w:rsid w:val="7BDFEB0C"/>
     <w:rsid w:val="7BE3E608"/>
     <w:rsid w:val="7BF39F62"/>
     <w:rsid w:val="7C0E6966"/>
     <w:rsid w:val="7C1DFD49"/>
     <w:rsid w:val="7C310EEB"/>
     <w:rsid w:val="7C44A653"/>
     <w:rsid w:val="7C49F6B7"/>
     <w:rsid w:val="7C612216"/>
     <w:rsid w:val="7C6F6890"/>
     <w:rsid w:val="7C8089D1"/>
     <w:rsid w:val="7C85AD1A"/>
     <w:rsid w:val="7C86CE75"/>
@@ -24025,52 +24056,52 @@
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="42af17ff-dac7-491c-95b1-f710dfaea1f9" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="6c16959e-a6c3-4a2b-a654-f34cbbe8085f">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001C8F621482F98C4384B94E95C5482199" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7dde41c3cb7842231a7dd3ca0f10f983">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6c16959e-a6c3-4a2b-a654-f34cbbe8085f" xmlns:ns3="42af17ff-dac7-491c-95b1-f710dfaea1f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7aabc53559e980a1f478f21daccfc995" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001C8F621482F98C4384B94E95C5482199" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="26b3c2d702d51a7d40933d0a07659933">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6c16959e-a6c3-4a2b-a654-f34cbbe8085f" xmlns:ns3="42af17ff-dac7-491c-95b1-f710dfaea1f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3836231a409fe243d936b047f1517a77" ns2:_="" ns3:_="">
     <xsd:import namespace="6c16959e-a6c3-4a2b-a654-f34cbbe8085f"/>
     <xsd:import namespace="42af17ff-dac7-491c-95b1-f710dfaea1f9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -24258,98 +24289,83 @@
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D8173BDC-F71A-45CD-95B0-98A0A07FCE75}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="42af17ff-dac7-491c-95b1-f710dfaea1f9"/>
     <ds:schemaRef ds:uri="6c16959e-a6c3-4a2b-a654-f34cbbe8085f"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2FAE30C9-0640-4D38-867C-18D0DCC99082}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{327D72A6-F9A5-491C-B761-C1B7E2B28746}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EAEA9263-AC60-40F6-A2ED-C5460F17E026}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Normal</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company>University of London</ap:Company>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Spela Gruden</dc:creator>
   <keywords/>
   <lastModifiedBy>Lisa Stubbings</lastModifiedBy>
-  <revision>11</revision>
+  <revision>14</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001C8F621482F98C4384B94E95C5482199</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="QMULDepartment">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="QMULDocumentType">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="QMULSchool">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="TaxKeyword">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="QMULDocumentStatus">
     <vt:lpwstr/>
   </property>