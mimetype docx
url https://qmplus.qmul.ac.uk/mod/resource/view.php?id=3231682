--- v0 (2025-10-25)
+++ v1 (2025-12-16)
@@ -2995,51 +2995,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9694" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1212"/>
         <w:gridCol w:w="6078"/>
         <w:gridCol w:w="1365"/>
         <w:gridCol w:w="1039"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0047780E" w:rsidTr="608DC850" w14:paraId="1DED46F6" w14:textId="77777777">
+      <w:tr w:rsidR="0047780E" w:rsidTr="166F3FAD" w14:paraId="1DED46F6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9694" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="0047780E" w:rsidP="0047780E" w:rsidRDefault="0047780E" w14:paraId="6E2DAEFA" w14:textId="22CF0ADF">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:jc w:val="center"/>
@@ -3122,51 +3122,51 @@
             <w:r w:rsidRPr="403D959F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
             <w:r w:rsidR="00200A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0047780E" w:rsidTr="608DC850" w14:paraId="2613E404" w14:textId="77777777">
+      <w:tr w:rsidR="0047780E" w:rsidTr="166F3FAD" w14:paraId="2613E404" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1259"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9694" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="0047780E" w:rsidP="0047780E" w:rsidRDefault="0047780E" w14:paraId="2028BDA6" w14:textId="6FBCCE11">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
@@ -3302,51 +3302,51 @@
               <w:t xml:space="preserve">choose 60 credits of optional modules </w:t>
             </w:r>
             <w:r w:rsidRPr="00D14FF0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(max 45 in one semester unless this is impractical) from the selection of modules below marked as Optional.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D14FF0" w:rsidP="00D14FF0" w:rsidRDefault="00D14FF0" w14:paraId="5E6A10D0" w14:textId="1442D104">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="164"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0047780E" w:rsidTr="608DC850" w14:paraId="464605BE" w14:textId="77777777">
+      <w:tr w:rsidR="0047780E" w:rsidTr="166F3FAD" w14:paraId="464605BE" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7290" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="0047780E" w:rsidP="00B51F4F" w:rsidRDefault="0047780E" w14:paraId="641F28DF" w14:textId="4EF4CB67">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
@@ -3421,51 +3421,51 @@
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="0047780E" w:rsidP="00B51F4F" w:rsidRDefault="0047780E" w14:paraId="4E4EF627" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="39650804">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE1BCE" w:rsidTr="608DC850" w14:paraId="049C70D4" w14:textId="77777777">
+      <w:tr w:rsidR="00AE1BCE" w:rsidTr="166F3FAD" w14:paraId="049C70D4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00B934B4" w:rsidR="00AE1BCE" w:rsidP="00AE1BCE" w:rsidRDefault="00AE1BCE" w14:paraId="0757201F" w14:textId="3B38FEDE">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -3584,51 +3584,51 @@
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00B934B4" w:rsidR="00AE1BCE" w:rsidP="00AE1BCE" w:rsidRDefault="00AE1BCE" w14:paraId="5524ECC7" w14:textId="7A4E915C">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B934B4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE1BCE" w:rsidTr="608DC850" w14:paraId="440E0422" w14:textId="77777777">
+      <w:tr w:rsidR="00AE1BCE" w:rsidTr="166F3FAD" w14:paraId="440E0422" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00B934B4" w:rsidR="00AE1BCE" w:rsidP="2A0B0C18" w:rsidRDefault="4137FDC9" w14:paraId="468FDBFC" w14:textId="5544B04C">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -3724,51 +3724,51 @@
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00B934B4" w:rsidR="00AE1BCE" w:rsidP="2A0B0C18" w:rsidRDefault="4137FDC9" w14:paraId="39A68375" w14:textId="26DFB986">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2A0B0C18">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE1BCE" w:rsidTr="608DC850" w14:paraId="3168591B" w14:textId="77777777">
+      <w:tr w:rsidR="00AE1BCE" w:rsidTr="166F3FAD" w14:paraId="3168591B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00B934B4" w:rsidR="00AE1BCE" w:rsidP="2A0B0C18" w:rsidRDefault="4137FDC9" w14:paraId="2CBE0E01" w14:textId="472C3970">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -3864,51 +3864,51 @@
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00B934B4" w:rsidR="00AE1BCE" w:rsidP="2A0B0C18" w:rsidRDefault="4137FDC9" w14:paraId="111017A9" w14:textId="6FDD185A">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2A0B0C18">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE1BCE" w:rsidTr="608DC850" w14:paraId="7345BE1C" w14:textId="77777777">
+      <w:tr w:rsidR="00AE1BCE" w:rsidTr="166F3FAD" w14:paraId="7345BE1C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00B934B4" w:rsidR="00AE1BCE" w:rsidP="2A0B0C18" w:rsidRDefault="4137FDC9" w14:paraId="50B3C08D" w14:textId="06A451C3">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -4004,51 +4004,51 @@
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00B934B4" w:rsidR="00AE1BCE" w:rsidP="2A0B0C18" w:rsidRDefault="4137FDC9" w14:paraId="02618C08" w14:textId="0FFC2A43">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2A0B0C18">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0020239D" w:rsidTr="608DC850" w14:paraId="2E10BBB7" w14:textId="77777777">
+      <w:tr w:rsidR="0020239D" w:rsidTr="166F3FAD" w14:paraId="2E10BBB7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00B934B4" w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="25307225" w14:textId="5024D965">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
             </w:pPr>
             <w:r w:rsidRPr="2A0B0C18">
@@ -4139,51 +4139,51 @@
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00B934B4" w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="0117CEE5" w14:textId="58949F83">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2A0B0C18">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0020239D" w:rsidTr="608DC850" w14:paraId="7C2E339B" w14:textId="77777777">
+      <w:tr w:rsidR="0020239D" w:rsidTr="166F3FAD" w14:paraId="7C2E339B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00B934B4" w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="59C660EC" w14:textId="5E9EDCCC">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -4277,51 +4277,51 @@
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00B934B4" w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="030544D4" w14:textId="607606DB">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2A0B0C18">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0020239D" w:rsidTr="608DC850" w14:paraId="293F2DA3" w14:textId="77777777">
+      <w:tr w:rsidR="0020239D" w:rsidTr="166F3FAD" w14:paraId="293F2DA3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00B934B4" w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="26B6CDFC" w14:textId="3541B660">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -4419,51 +4419,51 @@
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00B934B4" w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="6DA68B69" w14:textId="0CD31CD0">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0020239D" w:rsidTr="608DC850" w14:paraId="013D9A55" w14:textId="77777777">
+      <w:tr w:rsidR="0020239D" w:rsidTr="166F3FAD" w14:paraId="013D9A55" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7290" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="620277C1" w14:textId="56A1427D">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
@@ -4534,623 +4534,772 @@
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="3C075B12" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="39650804">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0020239D" w:rsidTr="608DC850" w14:paraId="280EDF72" w14:textId="77777777">
+      <w:tr w:rsidR="17614C75" w:rsidTr="166F3FAD" w14:paraId="25326DA9">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00B934B4" w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="33566BB9" w14:textId="5707317D">
+          <w:p w:rsidR="17614C75" w:rsidP="17614C75" w:rsidRDefault="17614C75" w14:paraId="7AA09763" w14:textId="5707317D">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-[...8 lines deleted...]
-                <w:bCs/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="17614C75" w:rsidR="17614C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>FLM72</w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="17614C75" w:rsidR="17614C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6078" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B934B4" w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="156F5E92" w14:textId="510BFB7A">
+          <w:p w:rsidR="17614C75" w:rsidP="17614C75" w:rsidRDefault="17614C75" w14:paraId="3DDD90AD" w14:textId="510BFB7A">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-[...8 lines deleted...]
-                <w:bCs/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="17614C75" w:rsidR="17614C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>Global Screens</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00B934B4" w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="6C8BB528" w14:textId="2428CDBB">
+          <w:p w:rsidR="17614C75" w:rsidP="17614C75" w:rsidRDefault="17614C75" w14:paraId="0B09E079" w14:textId="2428CDBB">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-[...8 lines deleted...]
-                <w:bCs/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="17614C75" w:rsidR="17614C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>Compulsory</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00B934B4" w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="46B1A4DF" w14:textId="34F12343">
+          <w:p w:rsidR="17614C75" w:rsidP="17614C75" w:rsidRDefault="17614C75" w14:paraId="70E8E59F" w14:textId="34F12343">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-[...8 lines deleted...]
-                <w:bCs/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="17614C75" w:rsidR="17614C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0020239D" w:rsidTr="608DC850" w14:paraId="1B500A35" w14:textId="77777777">
+      <w:tr w:rsidR="0020239D" w:rsidTr="166F3FAD" w14:paraId="280EDF72" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="002D3924" w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="5C17DB0B" w14:textId="05D153C4">
+          <w:p w:rsidRPr="00B934B4" w:rsidR="0020239D" w:rsidP="166F3FAD" w:rsidRDefault="0020239D" w14:paraId="33566BB9" w14:textId="7191C269">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:t>FLM7020</w:t>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="166F3FAD" w:rsidR="7B8FF440">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>COM7214</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6078" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="002D3924" w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="1A3B2E02" w14:textId="3CCE2533">
+          <w:p w:rsidRPr="00B934B4" w:rsidR="0020239D" w:rsidP="166F3FAD" w:rsidRDefault="0020239D" w14:paraId="156F5E92" w14:textId="4987DDC1">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:t>Film Philosophy</w:t>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="166F3FAD" w:rsidR="7B8FF440">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Screenwriting: Prose to Film</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="002D3924" w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="6B60C39D" w14:textId="26C58B2C">
+          <w:p w:rsidRPr="00B934B4" w:rsidR="0020239D" w:rsidP="166F3FAD" w:rsidRDefault="0020239D" w14:paraId="6C8BB528" w14:textId="283CDEBC">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-              <w:t>Option</w:t>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="166F3FAD" w:rsidR="571A9538">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Optional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="002D3924" w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="7A3D4369" w14:textId="4D9F8FA8">
+          <w:p w:rsidRPr="00B934B4" w:rsidR="0020239D" w:rsidP="166F3FAD" w:rsidRDefault="0020239D" w14:paraId="46B1A4DF" w14:textId="34F12343">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2A0B0C18">
-[...4 lines deleted...]
-              <w:t>15</w:t>
+            <w:r w:rsidRPr="166F3FAD" w:rsidR="0020239D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0020239D" w:rsidTr="608DC850" w14:paraId="05EAD075" w14:textId="77777777">
+      <w:tr w:rsidR="0020239D" w:rsidTr="166F3FAD" w14:paraId="1B500A35" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="39650804" w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="1D569A12" w14:textId="0212C26C">
+          <w:p w:rsidRPr="002D3924" w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="5C17DB0B" w14:textId="05D153C4">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2A0B0C18">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>FLM7216</w:t>
+              <w:t>FLM7020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6078" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="39650804" w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="1E615CBD" w14:textId="76C77C8C">
+          <w:p w:rsidRPr="002D3924" w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="1A3B2E02" w14:textId="3CCE2533">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2A0B0C18">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Creative Documentary</w:t>
+              <w:t>Film Philosophy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="39650804" w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="182F7AFB" w14:textId="2B5D27A2">
+          <w:p w:rsidRPr="002D3924" w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="6B60C39D" w14:textId="26C58B2C">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2A0B0C18">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:lang w:val="en-GB"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Option</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="39650804" w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="708DAB20" w14:textId="603991AF">
+          <w:p w:rsidRPr="002D3924" w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="7A3D4369" w14:textId="4D9F8FA8">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2A0B0C18">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-              </w:rPr>
-              <w:t>30</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0020239D" w:rsidTr="608DC850" w14:paraId="4E01D86B" w14:textId="77777777">
+      <w:tr w:rsidR="0020239D" w:rsidTr="166F3FAD" w14:paraId="05EAD075" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="002D3924" w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="6503CC9C" w14:textId="29668DE9">
+          <w:p w:rsidRPr="39650804" w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="1D569A12" w14:textId="0212C26C">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2A0B0C18">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>FLM</w:t>
-[...5 lines deleted...]
-              <w:t>7217</w:t>
+              <w:t>FLM7216</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6078" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="002D3924" w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="5DCD5815" w14:textId="11F4A0CF">
+          <w:p w:rsidRPr="39650804" w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="1E615CBD" w14:textId="76C77C8C">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>Short Film Production</w:t>
+            <w:r w:rsidRPr="2A0B0C18">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Creative Documentary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="39650804" w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="29B90E8C" w14:textId="1E1D17F2">
+          <w:p w:rsidRPr="39650804" w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="182F7AFB" w14:textId="2B5D27A2">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2A0B0C18">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Option</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
+          <w:p w:rsidRPr="39650804" w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="708DAB20" w14:textId="603991AF">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2A0B0C18">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0020239D" w:rsidTr="166F3FAD" w14:paraId="4E01D86B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="40" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="40" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="002D3924" w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="6503CC9C" w14:textId="29668DE9">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2A0B0C18">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>FLM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>7217</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="002D3924" w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="5DCD5815" w14:textId="11F4A0CF">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Short Film Production</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="40" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="40" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="39650804" w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="29B90E8C" w14:textId="1E1D17F2">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2A0B0C18">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Option</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="40" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="40" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
           <w:p w:rsidRPr="39650804" w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="3B6FE06F" w14:textId="5D2C5DC7">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2A0B0C18">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0020239D" w:rsidTr="608DC850" w14:paraId="6DD29F8E" w14:textId="77777777">
+      <w:tr w:rsidR="0020239D" w:rsidTr="166F3FAD" w14:paraId="6DD29F8E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7290" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="026CC663" w14:textId="0325507F">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -5220,51 +5369,51 @@
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="7B2C4EA9" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="39650804">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0020239D" w:rsidTr="608DC850" w14:paraId="393D9FF0" w14:textId="77777777">
+      <w:tr w:rsidR="0020239D" w:rsidTr="166F3FAD" w14:paraId="393D9FF0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00014C7B" w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="1E5AC1E1" w14:textId="5D7C98FB">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -5352,51 +5501,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00014C7B" w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="012666AD" w14:textId="6A80ED12">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2A0B0C18">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0020239D" w:rsidTr="608DC850" w14:paraId="2E826DFC" w14:textId="77777777">
+      <w:tr w:rsidR="0020239D" w:rsidTr="166F3FAD" w14:paraId="2E826DFC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00014C7B" w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="7E1EC03F" w14:textId="6F13B929">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -5484,94 +5633,94 @@
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00014C7B" w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="74926039" w14:textId="5ADCD054">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2A0B0C18">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0020239D" w:rsidTr="608DC850" w14:paraId="34385E2D" w14:textId="77777777">
+      <w:tr w:rsidR="0020239D" w:rsidTr="166F3FAD" w14:paraId="34385E2D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9694" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="55A2B626" w14:textId="1781F5F2">
             <w:pPr>
               <w:pStyle w:val="Body"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="58535D00">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>* We strongly recommend that SMLM005 is chosen as this module is more appropriate for the Theory pathway.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0020239D" w:rsidTr="608DC850" w14:paraId="4155B55B" w14:textId="77777777">
+      <w:tr w:rsidR="0020239D" w:rsidTr="166F3FAD" w14:paraId="4155B55B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9694" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="0020239D" w:rsidP="0020239D" w:rsidRDefault="0020239D" w14:paraId="79D96DC3" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:jc w:val="center"/>
@@ -5678,51 +5827,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9694" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1212"/>
         <w:gridCol w:w="6078"/>
         <w:gridCol w:w="1365"/>
         <w:gridCol w:w="1039"/>
       </w:tblGrid>
-      <w:tr w:rsidR="336560DA" w:rsidTr="608DC850" w14:paraId="3D4CF68E" w14:textId="77777777">
+      <w:tr w:rsidR="336560DA" w:rsidTr="166F3FAD" w14:paraId="3D4CF68E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9694" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="336560DA" w:rsidP="3DB60D4E" w:rsidRDefault="021AEB53" w14:paraId="7F04D6C3" w14:textId="0581E77E">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
@@ -5838,51 +5987,51 @@
             <w:r w:rsidRPr="403D959F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
             <w:r w:rsidR="00231410">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="336560DA" w:rsidTr="608DC850" w14:paraId="782EDA87" w14:textId="77777777">
+      <w:tr w:rsidR="336560DA" w:rsidTr="166F3FAD" w14:paraId="782EDA87" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1259"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9694" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="336560DA" w:rsidP="42D9CAFE" w:rsidRDefault="336560DA" w14:paraId="3DF53275" w14:textId="0FA119B7">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
@@ -6057,51 +6206,51 @@
             </w:r>
             <w:r w:rsidRPr="42D9CAFE" w:rsidR="4E5B2569">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>rom the selection of modules below marked as Optional.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0008645C" w:rsidP="0008645C" w:rsidRDefault="0008645C" w14:paraId="1B92227F" w14:textId="395C972D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="164"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="336560DA" w:rsidTr="608DC850" w14:paraId="6C67EEB0" w14:textId="77777777">
+      <w:tr w:rsidR="336560DA" w:rsidTr="166F3FAD" w14:paraId="6C67EEB0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7290" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="336560DA" w14:paraId="3C420834" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
@@ -6165,51 +6314,51 @@
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="336560DA" w14:paraId="196586F8" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="39650804">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF1D09" w:rsidTr="608DC850" w14:paraId="17A51E70" w14:textId="77777777">
+      <w:tr w:rsidR="00CF1D09" w:rsidTr="166F3FAD" w14:paraId="17A51E70" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00231410" w:rsidR="00CF1D09" w:rsidP="2A0B0C18" w:rsidRDefault="5CED74D6" w14:paraId="376D3172" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -6317,51 +6466,51 @@
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00231410" w:rsidR="00CF1D09" w:rsidP="2A0B0C18" w:rsidRDefault="5CED74D6" w14:paraId="6AF016BC" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00231410">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF1D09" w:rsidTr="608DC850" w14:paraId="15EA6740" w14:textId="77777777">
+      <w:tr w:rsidR="00CF1D09" w:rsidTr="166F3FAD" w14:paraId="15EA6740" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="006176F1" w:rsidR="00CF1D09" w:rsidP="2A0B0C18" w:rsidRDefault="5CED74D6" w14:paraId="4D5BB88E" w14:textId="2A9AAB28">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -6453,51 +6602,51 @@
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="006176F1" w:rsidR="00CF1D09" w:rsidP="2A0B0C18" w:rsidRDefault="5CED74D6" w14:paraId="4B68FE23" w14:textId="3143A513">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2A0B0C18">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF1D09" w:rsidTr="608DC850" w14:paraId="19A74E9A" w14:textId="77777777">
+      <w:tr w:rsidR="00CF1D09" w:rsidTr="166F3FAD" w14:paraId="19A74E9A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="006176F1" w:rsidR="00CF1D09" w:rsidP="2A0B0C18" w:rsidRDefault="5CED74D6" w14:paraId="67D0C2E4" w14:textId="7A179128">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -6589,51 +6738,51 @@
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="006176F1" w:rsidR="00CF1D09" w:rsidP="2A0B0C18" w:rsidRDefault="5CED74D6" w14:paraId="3D12E9FC" w14:textId="184015E6">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2A0B0C18">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00231410" w:rsidTr="608DC850" w14:paraId="4A4AEF2E" w14:textId="77777777">
+      <w:tr w:rsidR="00231410" w:rsidTr="166F3FAD" w14:paraId="4A4AEF2E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="2A0B0C18" w:rsidR="00231410" w:rsidP="2A0B0C18" w:rsidRDefault="00231410" w14:paraId="6F17BA49" w14:textId="47454C3C">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -6727,51 +6876,51 @@
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="2A0B0C18" w:rsidR="00231410" w:rsidP="2A0B0C18" w:rsidRDefault="00231410" w14:paraId="76C04CB0" w14:textId="1FB21447">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF1D09" w:rsidTr="608DC850" w14:paraId="6760A4A6" w14:textId="77777777">
+      <w:tr w:rsidR="00CF1D09" w:rsidTr="166F3FAD" w14:paraId="6760A4A6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="006176F1" w:rsidR="00CF1D09" w:rsidP="2A0B0C18" w:rsidRDefault="5CED74D6" w14:paraId="718F0051" w14:textId="7DFF81AD">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -6862,51 +7011,51 @@
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="006176F1" w:rsidR="00CF1D09" w:rsidP="2A0B0C18" w:rsidRDefault="5CED74D6" w14:paraId="2C663088" w14:textId="29AA3B5B">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2A0B0C18">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B4B20" w:rsidTr="608DC850" w14:paraId="422CBF5A" w14:textId="77777777">
+      <w:tr w:rsidR="003B4B20" w:rsidTr="166F3FAD" w14:paraId="422CBF5A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="006176F1" w:rsidR="003B4B20" w:rsidP="2A0B0C18" w:rsidRDefault="003B4B20" w14:paraId="71DB6661" w14:textId="712AAA66">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -7011,51 +7160,51 @@
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="006176F1" w:rsidR="003B4B20" w:rsidP="2A0B0C18" w:rsidRDefault="003B4B20" w14:paraId="085BBB4A" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2A0B0C18">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006154A8" w:rsidTr="608DC850" w14:paraId="1CEDF80E" w14:textId="77777777">
+      <w:tr w:rsidR="006154A8" w:rsidTr="166F3FAD" w14:paraId="1CEDF80E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="006154A8" w:rsidR="006154A8" w:rsidP="2A0B0C18" w:rsidRDefault="006154A8" w14:paraId="7E362239" w14:textId="077FDE87">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -7154,51 +7303,51 @@
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="006154A8" w:rsidR="006154A8" w:rsidP="2A0B0C18" w:rsidRDefault="00231410" w14:paraId="5F8C1AD3" w14:textId="2C34BD9F">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00231410" w:rsidTr="608DC850" w14:paraId="44A3C708" w14:textId="77777777">
+      <w:tr w:rsidR="00231410" w:rsidTr="166F3FAD" w14:paraId="44A3C708" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="2A0B0C18" w:rsidR="00231410" w:rsidP="2A0B0C18" w:rsidRDefault="00231410" w14:paraId="5F984242" w14:textId="08DE5B82">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -7288,51 +7437,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00231410" w:rsidP="2A0B0C18" w:rsidRDefault="00231410" w14:paraId="14CE2D12" w14:textId="70E3254A">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006154A8" w:rsidTr="608DC850" w14:paraId="437BAFBF" w14:textId="77777777">
+      <w:tr w:rsidR="006154A8" w:rsidTr="166F3FAD" w14:paraId="437BAFBF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7290" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="006154A8" w:rsidP="006154A8" w:rsidRDefault="006154A8" w14:paraId="05D9C720" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
@@ -7396,51 +7545,51 @@
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="006154A8" w:rsidP="006154A8" w:rsidRDefault="006154A8" w14:paraId="1314DB96" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="39650804">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006154A8" w:rsidTr="608DC850" w14:paraId="78743330" w14:textId="77777777">
+      <w:tr w:rsidR="006154A8" w:rsidTr="166F3FAD" w14:paraId="78743330" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00231410" w:rsidR="006154A8" w:rsidP="0A904B06" w:rsidRDefault="006154A8" w14:paraId="3B81F395" w14:textId="06C408E6">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -7556,480 +7705,612 @@
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00231410" w:rsidR="006154A8" w:rsidP="439C3718" w:rsidRDefault="006154A8" w14:paraId="756A1C65" w14:textId="163090BD">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00231410">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006154A8" w:rsidTr="608DC850" w14:paraId="17AEDF0F" w14:textId="77777777">
+      <w:tr w:rsidR="166F3FAD" w:rsidTr="166F3FAD" w14:paraId="00DDEB94">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="39650804" w:rsidR="006154A8" w:rsidP="006154A8" w:rsidRDefault="006154A8" w14:paraId="0959514E" w14:textId="40C50322">
+          <w:p w:rsidR="5BD0BFB9" w:rsidP="166F3FAD" w:rsidRDefault="5BD0BFB9" w14:paraId="5C0B194C" w14:textId="4C04343F">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2A0B0C18">
-[...9 lines deleted...]
-              <w:t>020</w:t>
+            <w:r w:rsidRPr="166F3FAD" w:rsidR="5BD0BFB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>COM7214</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6078" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="39650804" w:rsidR="006154A8" w:rsidP="006154A8" w:rsidRDefault="006154A8" w14:paraId="4290D096" w14:textId="7F91599B">
+          <w:p w:rsidR="5BD0BFB9" w:rsidP="166F3FAD" w:rsidRDefault="5BD0BFB9" w14:paraId="025F5866" w14:textId="41745726">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2A0B0C18">
-[...9 lines deleted...]
-              <w:t>ilm Philosophy</w:t>
+            <w:r w:rsidRPr="166F3FAD" w:rsidR="5BD0BFB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Screenwriting: Prose to Film</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="39650804" w:rsidR="006154A8" w:rsidP="006154A8" w:rsidRDefault="006154A8" w14:paraId="489EED9F" w14:textId="059DF0D1">
+          <w:p w:rsidR="5BD0BFB9" w:rsidP="166F3FAD" w:rsidRDefault="5BD0BFB9" w14:paraId="28C66A36" w14:textId="1CF81F1E">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="2A0B0C18">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="166F3FAD" w:rsidR="5BD0BFB9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Option</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="39650804" w:rsidR="006154A8" w:rsidP="006154A8" w:rsidRDefault="00231410" w14:paraId="140ED284" w14:textId="711BF332">
+          <w:p w:rsidR="5BD0BFB9" w:rsidP="166F3FAD" w:rsidRDefault="5BD0BFB9" w14:paraId="29BC6E3F" w14:textId="0914DE6E">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...6 lines deleted...]
-              <w:t>15</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="166F3FAD" w:rsidR="5BD0BFB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006154A8" w:rsidTr="608DC850" w14:paraId="22963D8D" w14:textId="77777777">
+      <w:tr w:rsidR="006154A8" w:rsidTr="166F3FAD" w14:paraId="17AEDF0F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="39650804" w:rsidR="006154A8" w:rsidP="006154A8" w:rsidRDefault="006154A8" w14:paraId="05F45E39" w14:textId="38913061">
+          <w:p w:rsidRPr="39650804" w:rsidR="006154A8" w:rsidP="006154A8" w:rsidRDefault="006154A8" w14:paraId="0959514E" w14:textId="40C50322">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2A0B0C18">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>FLM721</w:t>
+              <w:t>FLM7</w:t>
             </w:r>
             <w:r w:rsidR="00231410">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6078" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="39650804" w:rsidR="006154A8" w:rsidP="006154A8" w:rsidRDefault="00231410" w14:paraId="0ACF5A39" w14:textId="0F1802DD">
+          <w:p w:rsidRPr="39650804" w:rsidR="006154A8" w:rsidP="006154A8" w:rsidRDefault="006154A8" w14:paraId="4290D096" w14:textId="7F91599B">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>Short Film Production</w:t>
+            <w:r w:rsidRPr="2A0B0C18">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r w:rsidR="00231410">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>ilm Philosophy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="39650804" w:rsidR="006154A8" w:rsidP="006154A8" w:rsidRDefault="006154A8" w14:paraId="4FC4E1F2" w14:textId="6C88C431">
+          <w:p w:rsidRPr="39650804" w:rsidR="006154A8" w:rsidP="006154A8" w:rsidRDefault="006154A8" w14:paraId="489EED9F" w14:textId="059DF0D1">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2A0B0C18">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Option</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="39650804" w:rsidR="006154A8" w:rsidP="006154A8" w:rsidRDefault="006154A8" w14:paraId="4F1CE551" w14:textId="55DB89C1">
+          <w:p w:rsidRPr="39650804" w:rsidR="006154A8" w:rsidP="006154A8" w:rsidRDefault="00231410" w14:paraId="140ED284" w14:textId="711BF332">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2A0B0C18">
-[...3 lines deleted...]
-              <w:t>30</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006154A8" w:rsidTr="608DC850" w14:paraId="25099CD1" w14:textId="77777777">
+      <w:tr w:rsidR="006154A8" w:rsidTr="166F3FAD" w14:paraId="22963D8D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="006154A8" w:rsidR="006154A8" w:rsidP="2A0B0C18" w:rsidRDefault="006154A8" w14:paraId="7F2E837B" w14:textId="5F325C0C">
+          <w:p w:rsidRPr="39650804" w:rsidR="006154A8" w:rsidP="006154A8" w:rsidRDefault="006154A8" w14:paraId="05F45E39" w14:textId="38913061">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2A0B0C18">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>FLM7</w:t>
+              <w:t>FLM721</w:t>
             </w:r>
             <w:r w:rsidR="00231410">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>223</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6078" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="006154A8" w:rsidR="006154A8" w:rsidP="2A0B0C18" w:rsidRDefault="00231410" w14:paraId="36771027" w14:textId="11379057">
+          <w:p w:rsidRPr="39650804" w:rsidR="006154A8" w:rsidP="006154A8" w:rsidRDefault="00231410" w14:paraId="0ACF5A39" w14:textId="0F1802DD">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Global Screens</w:t>
+              <w:t>Short Film Production</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="006154A8" w:rsidR="006154A8" w:rsidP="2A0B0C18" w:rsidRDefault="006154A8" w14:paraId="10B3756C" w14:textId="71FA727E">
+          <w:p w:rsidRPr="39650804" w:rsidR="006154A8" w:rsidP="006154A8" w:rsidRDefault="006154A8" w14:paraId="4FC4E1F2" w14:textId="6C88C431">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2A0B0C18">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Option</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
+          <w:p w:rsidRPr="39650804" w:rsidR="006154A8" w:rsidP="006154A8" w:rsidRDefault="006154A8" w14:paraId="4F1CE551" w14:textId="55DB89C1">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2A0B0C18">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006154A8" w:rsidTr="166F3FAD" w14:paraId="25099CD1" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="40" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="40" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="006154A8" w:rsidR="006154A8" w:rsidP="2A0B0C18" w:rsidRDefault="006154A8" w14:paraId="7F2E837B" w14:textId="5F325C0C">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2A0B0C18">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>FLM7</w:t>
+            </w:r>
+            <w:r w:rsidR="00231410">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>223</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006154A8" w:rsidR="006154A8" w:rsidP="2A0B0C18" w:rsidRDefault="00231410" w14:paraId="36771027" w14:textId="11379057">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Global Screens</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="40" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="40" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="006154A8" w:rsidR="006154A8" w:rsidP="2A0B0C18" w:rsidRDefault="006154A8" w14:paraId="10B3756C" w14:textId="71FA727E">
+            <w:pPr>
+              <w:pStyle w:val="TableStyle2"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2A0B0C18">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Option</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
+              <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:top w:w="40" w:type="dxa"/>
+              <w:left w:w="40" w:type="dxa"/>
+              <w:bottom w:w="40" w:type="dxa"/>
+              <w:right w:w="40" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
           <w:p w:rsidRPr="006154A8" w:rsidR="006154A8" w:rsidP="2A0B0C18" w:rsidRDefault="006154A8" w14:paraId="4FAC6E20" w14:textId="2300474F">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2A0B0C18">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00417943" w:rsidTr="608DC850" w14:paraId="204C3D6E" w14:textId="77777777">
+      <w:tr w:rsidR="00417943" w:rsidTr="166F3FAD" w14:paraId="204C3D6E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7290" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00417943" w:rsidP="00417943" w:rsidRDefault="00417943" w14:paraId="1FB3747D" w14:textId="023FC1D7">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -8097,51 +8378,51 @@
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00417943" w:rsidP="00417943" w:rsidRDefault="00417943" w14:paraId="21851498" w14:textId="0E827926">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="39650804">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00417943" w:rsidTr="608DC850" w14:paraId="21463E75" w14:textId="77777777">
+      <w:tr w:rsidR="00417943" w:rsidTr="166F3FAD" w14:paraId="21463E75" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00417943" w:rsidR="00417943" w:rsidP="0920B1E4" w:rsidRDefault="00417943" w14:paraId="0EB2B90F" w14:textId="4D3CD3E1">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -8229,51 +8510,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00417943" w:rsidR="00417943" w:rsidP="0920B1E4" w:rsidRDefault="00417943" w14:paraId="0965B076" w14:textId="56A1C858">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0920B1E4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00417943" w:rsidTr="608DC850" w14:paraId="06A0B300" w14:textId="77777777">
+      <w:tr w:rsidR="00417943" w:rsidTr="166F3FAD" w14:paraId="06A0B300" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9694" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00417943" w:rsidP="00417943" w:rsidRDefault="00417943" w14:paraId="495CD2A1" w14:textId="47799B60">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:jc w:val="center"/>
@@ -11696,208 +11977,198 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">You will also need to complete an intercollegiate form for QMUL too. The form can be found here: </w:t>
       </w:r>
       <w:hyperlink w:history="1" r:id="rId17">
         <w:r w:rsidRPr="00A00445">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Module registration - Registry Services</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="773A3C30" w:rsidP="0E127D4E" w:rsidRDefault="3A06132A" w14:paraId="3726845D" w14:textId="14D5D420">
+    <w:p w:rsidR="773A3C30" w:rsidP="0E127D4E" w:rsidRDefault="3A06132A" w14:paraId="3726845D" w14:textId="08BE6B21">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="6CD66525" w:rsidR="3A06132A">
+      <w:r w:rsidRPr="0E127D4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>You will need to complete this application form and send it to</w:t>
       </w:r>
-      <w:r w:rsidRPr="6CD66525" w:rsidR="4863AB7A">
+      <w:r w:rsidRPr="0E127D4E" w:rsidR="4863AB7A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="6CD66525" w:rsidR="36EA02AD">
+      <w:r w:rsidRPr="0E127D4E" w:rsidR="36EA02AD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">your </w:t>
       </w:r>
-      <w:r w:rsidRPr="6CD66525" w:rsidR="453F8660">
+      <w:r w:rsidRPr="0E127D4E" w:rsidR="453F8660">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">MA Film </w:t>
       </w:r>
-      <w:r w:rsidRPr="6CD66525" w:rsidR="36EA02AD">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0E127D4E" w:rsidR="36EA02AD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="6CD66525" w:rsidR="4863AB7A">
+      <w:r w:rsidRPr="0E127D4E" w:rsidR="4863AB7A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>rogramme</w:t>
       </w:r>
-      <w:r w:rsidRPr="6CD66525" w:rsidR="4863AB7A">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0E127D4E" w:rsidR="4863AB7A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="6CD66525" w:rsidR="2552732D">
+      <w:r w:rsidRPr="0E127D4E" w:rsidR="2552732D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidRPr="6CD66525" w:rsidR="4863AB7A">
+      <w:r w:rsidRPr="0E127D4E" w:rsidR="4863AB7A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>onvenor</w:t>
       </w:r>
-      <w:r w:rsidRPr="6CD66525" w:rsidR="1A9FD9E0">
+      <w:r w:rsidRPr="0E127D4E" w:rsidR="1A9FD9E0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidRPr="6CD66525" w:rsidR="6B950812">
-[...31 lines deleted...]
-      <w:r w:rsidRPr="6CD66525" w:rsidR="41168EEB">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0E127D4E" w:rsidR="1A9FD9E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ms</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0E127D4E" w:rsidR="1A9FD9E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Athena Mandis at a.mandis@qmul.ac.uk)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0E127D4E" w:rsidR="41168EEB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="6CD66525" w:rsidR="4863AB7A">
+      <w:r w:rsidRPr="0E127D4E" w:rsidR="4863AB7A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>at QMUL</w:t>
       </w:r>
-      <w:r w:rsidRPr="6CD66525" w:rsidR="58DDB979">
+      <w:r w:rsidRPr="0E127D4E" w:rsidR="58DDB979">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> for academic </w:t>
       </w:r>
-      <w:r w:rsidRPr="6CD66525" w:rsidR="58DDB979">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0E127D4E" w:rsidR="58DDB979">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>authorisation</w:t>
       </w:r>
-      <w:r w:rsidRPr="6CD66525" w:rsidR="5E8609DF">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0E127D4E" w:rsidR="5E8609DF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="003D4A42" w:rsidR="773A3C30" w:rsidP="003D4A42" w:rsidRDefault="00A00445" w14:paraId="1F009017" w14:textId="03E6AFB9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>You will need to submit the form to the STA Education Team via Ask QM (</w:t>
       </w:r>
@@ -15328,63 +15599,65 @@
     <w:rsid w:val="143AA7DE"/>
     <w:rsid w:val="14420495"/>
     <w:rsid w:val="14575F43"/>
     <w:rsid w:val="146BF1E0"/>
     <w:rsid w:val="1484FD59"/>
     <w:rsid w:val="14913198"/>
     <w:rsid w:val="14A29C00"/>
     <w:rsid w:val="14C5259E"/>
     <w:rsid w:val="14D3373D"/>
     <w:rsid w:val="14DE43E7"/>
     <w:rsid w:val="14E7C0EB"/>
     <w:rsid w:val="150F9E6A"/>
     <w:rsid w:val="1510CEA4"/>
     <w:rsid w:val="151EF142"/>
     <w:rsid w:val="152173E3"/>
     <w:rsid w:val="15413BE5"/>
     <w:rsid w:val="156AEF2C"/>
     <w:rsid w:val="15707454"/>
     <w:rsid w:val="1578F83F"/>
     <w:rsid w:val="158E7DD7"/>
     <w:rsid w:val="15A2F4D0"/>
     <w:rsid w:val="161D238B"/>
     <w:rsid w:val="16336FB9"/>
     <w:rsid w:val="16433719"/>
     <w:rsid w:val="164E7FD3"/>
+    <w:rsid w:val="166F3FAD"/>
     <w:rsid w:val="16926F1E"/>
     <w:rsid w:val="16B382FF"/>
     <w:rsid w:val="16BC752A"/>
     <w:rsid w:val="16CBD7CC"/>
     <w:rsid w:val="16CCB8DD"/>
     <w:rsid w:val="16D8CA76"/>
     <w:rsid w:val="16F9DDDD"/>
     <w:rsid w:val="1715983B"/>
     <w:rsid w:val="173801FC"/>
     <w:rsid w:val="174BD7D6"/>
     <w:rsid w:val="1756C2AD"/>
     <w:rsid w:val="175E1C64"/>
     <w:rsid w:val="175E57CC"/>
+    <w:rsid w:val="17614C75"/>
     <w:rsid w:val="176B692E"/>
     <w:rsid w:val="17740117"/>
     <w:rsid w:val="177A2402"/>
     <w:rsid w:val="177A6AF4"/>
     <w:rsid w:val="177D8856"/>
     <w:rsid w:val="1784C11F"/>
     <w:rsid w:val="17882B8E"/>
     <w:rsid w:val="17B66FE3"/>
     <w:rsid w:val="17B870D1"/>
     <w:rsid w:val="17DDC197"/>
     <w:rsid w:val="17E974ED"/>
     <w:rsid w:val="17EB29B8"/>
     <w:rsid w:val="181E5A53"/>
     <w:rsid w:val="1820A88A"/>
     <w:rsid w:val="1821FD08"/>
     <w:rsid w:val="184C9EF9"/>
     <w:rsid w:val="1856B8C7"/>
     <w:rsid w:val="186122A2"/>
     <w:rsid w:val="18661496"/>
     <w:rsid w:val="1872BBFD"/>
     <w:rsid w:val="18745FE6"/>
     <w:rsid w:val="1890E86B"/>
     <w:rsid w:val="18929FDC"/>
     <w:rsid w:val="18D93CB8"/>
     <w:rsid w:val="18DADDB0"/>
@@ -15938,50 +16211,51 @@
     <w:rsid w:val="42DAE3D3"/>
     <w:rsid w:val="42E65D76"/>
     <w:rsid w:val="42E928D5"/>
     <w:rsid w:val="4309B4BE"/>
     <w:rsid w:val="43231576"/>
     <w:rsid w:val="432A55A4"/>
     <w:rsid w:val="4355C3C7"/>
     <w:rsid w:val="43670A27"/>
     <w:rsid w:val="436968BC"/>
     <w:rsid w:val="43796CF2"/>
     <w:rsid w:val="438F289F"/>
     <w:rsid w:val="43908FA6"/>
     <w:rsid w:val="439C3718"/>
     <w:rsid w:val="43AC737F"/>
     <w:rsid w:val="43AF899F"/>
     <w:rsid w:val="43B7CD95"/>
     <w:rsid w:val="43DEB7F0"/>
     <w:rsid w:val="43F0BD6F"/>
     <w:rsid w:val="43F1310B"/>
     <w:rsid w:val="43F59B01"/>
     <w:rsid w:val="440CB666"/>
     <w:rsid w:val="44198E7F"/>
     <w:rsid w:val="443FFF92"/>
     <w:rsid w:val="444484AE"/>
     <w:rsid w:val="44523A38"/>
+    <w:rsid w:val="448C2E32"/>
     <w:rsid w:val="449B5F0C"/>
     <w:rsid w:val="44D6B786"/>
     <w:rsid w:val="44E6DE10"/>
     <w:rsid w:val="451DD3CB"/>
     <w:rsid w:val="453F8660"/>
     <w:rsid w:val="4547BBC7"/>
     <w:rsid w:val="45660009"/>
     <w:rsid w:val="456A385F"/>
     <w:rsid w:val="45762FB7"/>
     <w:rsid w:val="45A52377"/>
     <w:rsid w:val="45AD9738"/>
     <w:rsid w:val="45BC4D80"/>
     <w:rsid w:val="45D16D88"/>
     <w:rsid w:val="45D69587"/>
     <w:rsid w:val="45EA1E1E"/>
     <w:rsid w:val="46115AEC"/>
     <w:rsid w:val="46152FAB"/>
     <w:rsid w:val="4648CF68"/>
     <w:rsid w:val="467D6551"/>
     <w:rsid w:val="4690D55E"/>
     <w:rsid w:val="46980BB8"/>
     <w:rsid w:val="46984A50"/>
     <w:rsid w:val="46AEF140"/>
     <w:rsid w:val="46BC726B"/>
     <w:rsid w:val="46BD6511"/>
@@ -16121,90 +16395,92 @@
     <w:rsid w:val="51118FF0"/>
     <w:rsid w:val="511FB3FC"/>
     <w:rsid w:val="512C2508"/>
     <w:rsid w:val="514649B9"/>
     <w:rsid w:val="51539F01"/>
     <w:rsid w:val="51565F9B"/>
     <w:rsid w:val="5156D94E"/>
     <w:rsid w:val="5160BFAA"/>
     <w:rsid w:val="51945A64"/>
     <w:rsid w:val="51A5148A"/>
     <w:rsid w:val="51BA6133"/>
     <w:rsid w:val="51D6C6BE"/>
     <w:rsid w:val="52044260"/>
     <w:rsid w:val="522F930A"/>
     <w:rsid w:val="5242F5E7"/>
     <w:rsid w:val="5257E15A"/>
     <w:rsid w:val="5265392D"/>
     <w:rsid w:val="5267CDCE"/>
     <w:rsid w:val="5268C705"/>
     <w:rsid w:val="52B150FF"/>
     <w:rsid w:val="52B73D14"/>
     <w:rsid w:val="52CCD895"/>
     <w:rsid w:val="52E68634"/>
     <w:rsid w:val="52FF7331"/>
     <w:rsid w:val="531B2840"/>
+    <w:rsid w:val="531EAC36"/>
     <w:rsid w:val="53288CEE"/>
     <w:rsid w:val="532F9E98"/>
     <w:rsid w:val="532FAD5B"/>
     <w:rsid w:val="533700BF"/>
     <w:rsid w:val="5395850B"/>
     <w:rsid w:val="53A7526F"/>
     <w:rsid w:val="53B3F6DE"/>
     <w:rsid w:val="53B533A5"/>
     <w:rsid w:val="53B830D8"/>
     <w:rsid w:val="53F0AD7E"/>
     <w:rsid w:val="541B3D0E"/>
     <w:rsid w:val="5424D28A"/>
     <w:rsid w:val="5446547F"/>
     <w:rsid w:val="545F6CDF"/>
     <w:rsid w:val="5463238C"/>
     <w:rsid w:val="546654BA"/>
     <w:rsid w:val="5485C716"/>
     <w:rsid w:val="5496AA55"/>
     <w:rsid w:val="54B5CE35"/>
     <w:rsid w:val="54E66A2E"/>
     <w:rsid w:val="54F0BEB1"/>
     <w:rsid w:val="54FBD739"/>
     <w:rsid w:val="552AED31"/>
     <w:rsid w:val="55376F95"/>
     <w:rsid w:val="556733CC"/>
     <w:rsid w:val="55EB0606"/>
     <w:rsid w:val="55F3ECB8"/>
     <w:rsid w:val="560AF6AF"/>
     <w:rsid w:val="56233BCA"/>
     <w:rsid w:val="562B604F"/>
     <w:rsid w:val="56327AB6"/>
     <w:rsid w:val="565F2AEF"/>
     <w:rsid w:val="568D1F40"/>
     <w:rsid w:val="56AEE6AE"/>
     <w:rsid w:val="56B84DDA"/>
     <w:rsid w:val="56BE563A"/>
     <w:rsid w:val="56CBD137"/>
     <w:rsid w:val="56D80600"/>
     <w:rsid w:val="56F7FE1F"/>
     <w:rsid w:val="5708F75C"/>
+    <w:rsid w:val="571A9538"/>
     <w:rsid w:val="57224F13"/>
     <w:rsid w:val="573047F2"/>
     <w:rsid w:val="575F47BF"/>
     <w:rsid w:val="5762FEB5"/>
     <w:rsid w:val="5768613E"/>
     <w:rsid w:val="5786D667"/>
     <w:rsid w:val="578EADD4"/>
     <w:rsid w:val="5799870E"/>
     <w:rsid w:val="57B863C0"/>
     <w:rsid w:val="57C42D42"/>
     <w:rsid w:val="57CACE57"/>
     <w:rsid w:val="57DC16BF"/>
     <w:rsid w:val="57EEA7C4"/>
     <w:rsid w:val="57F5048A"/>
     <w:rsid w:val="57FD71D4"/>
     <w:rsid w:val="57FED57E"/>
     <w:rsid w:val="58174594"/>
     <w:rsid w:val="581CD0D5"/>
     <w:rsid w:val="58535D00"/>
     <w:rsid w:val="58541E3B"/>
     <w:rsid w:val="5859A49E"/>
     <w:rsid w:val="585DD89F"/>
     <w:rsid w:val="586D6C86"/>
     <w:rsid w:val="589B94B8"/>
     <w:rsid w:val="589D6CD6"/>
@@ -16237,50 +16513,51 @@
     <w:rsid w:val="5A4C558B"/>
     <w:rsid w:val="5A527663"/>
     <w:rsid w:val="5A549DB4"/>
     <w:rsid w:val="5A5C8C9A"/>
     <w:rsid w:val="5A7438ED"/>
     <w:rsid w:val="5A8534BD"/>
     <w:rsid w:val="5AA1045F"/>
     <w:rsid w:val="5AAED978"/>
     <w:rsid w:val="5ABC4426"/>
     <w:rsid w:val="5AC6D407"/>
     <w:rsid w:val="5ACA5592"/>
     <w:rsid w:val="5AED73AF"/>
     <w:rsid w:val="5AFAC1CA"/>
     <w:rsid w:val="5B124C0A"/>
     <w:rsid w:val="5B1448CD"/>
     <w:rsid w:val="5B179E04"/>
     <w:rsid w:val="5B1F4086"/>
     <w:rsid w:val="5B50AB6A"/>
     <w:rsid w:val="5B50BD53"/>
     <w:rsid w:val="5B63EEB7"/>
     <w:rsid w:val="5B7D376A"/>
     <w:rsid w:val="5B895268"/>
     <w:rsid w:val="5B89A3BA"/>
     <w:rsid w:val="5B982C6A"/>
     <w:rsid w:val="5BA93764"/>
+    <w:rsid w:val="5BD0BFB9"/>
     <w:rsid w:val="5BD6437A"/>
     <w:rsid w:val="5BEC3806"/>
     <w:rsid w:val="5C322481"/>
     <w:rsid w:val="5C3462AD"/>
     <w:rsid w:val="5C4D751F"/>
     <w:rsid w:val="5C6A5429"/>
     <w:rsid w:val="5C7271B7"/>
     <w:rsid w:val="5C760AD1"/>
     <w:rsid w:val="5C9E6CE3"/>
     <w:rsid w:val="5CA8C354"/>
     <w:rsid w:val="5CC030F2"/>
     <w:rsid w:val="5CEBDE28"/>
     <w:rsid w:val="5CED74D6"/>
     <w:rsid w:val="5CF1E427"/>
     <w:rsid w:val="5D051793"/>
     <w:rsid w:val="5D0E6701"/>
     <w:rsid w:val="5D120C0B"/>
     <w:rsid w:val="5D1AC943"/>
     <w:rsid w:val="5D239829"/>
     <w:rsid w:val="5D25DC89"/>
     <w:rsid w:val="5D333F03"/>
     <w:rsid w:val="5D345A06"/>
     <w:rsid w:val="5D3DAF38"/>
     <w:rsid w:val="5D3FDCF9"/>
     <w:rsid w:val="5D48F926"/>
@@ -16353,50 +16630,51 @@
     <w:rsid w:val="62A21045"/>
     <w:rsid w:val="62D72D78"/>
     <w:rsid w:val="62F21ADF"/>
     <w:rsid w:val="630363F3"/>
     <w:rsid w:val="6303ED91"/>
     <w:rsid w:val="63076252"/>
     <w:rsid w:val="630DFB37"/>
     <w:rsid w:val="6326EB8A"/>
     <w:rsid w:val="6366CCE4"/>
     <w:rsid w:val="63744159"/>
     <w:rsid w:val="63759383"/>
     <w:rsid w:val="63783885"/>
     <w:rsid w:val="63803B3B"/>
     <w:rsid w:val="63975805"/>
     <w:rsid w:val="639BE6A8"/>
     <w:rsid w:val="63CE279A"/>
     <w:rsid w:val="63E6F9A3"/>
     <w:rsid w:val="64017DBC"/>
     <w:rsid w:val="641A0064"/>
     <w:rsid w:val="641B1413"/>
     <w:rsid w:val="64259407"/>
     <w:rsid w:val="6428E1F1"/>
     <w:rsid w:val="6439D2F7"/>
     <w:rsid w:val="6439FD91"/>
     <w:rsid w:val="6442B07A"/>
+    <w:rsid w:val="644ED03B"/>
     <w:rsid w:val="645EC989"/>
     <w:rsid w:val="6492EE69"/>
     <w:rsid w:val="649815D7"/>
     <w:rsid w:val="64A2E170"/>
     <w:rsid w:val="64BC5AE7"/>
     <w:rsid w:val="64D9641B"/>
     <w:rsid w:val="64DD7EA0"/>
     <w:rsid w:val="64EA643B"/>
     <w:rsid w:val="650CF014"/>
     <w:rsid w:val="65174747"/>
     <w:rsid w:val="653FF405"/>
     <w:rsid w:val="6550141C"/>
     <w:rsid w:val="655AD3CC"/>
     <w:rsid w:val="655F7874"/>
     <w:rsid w:val="65615EAF"/>
     <w:rsid w:val="656242A9"/>
     <w:rsid w:val="657B5049"/>
     <w:rsid w:val="657F7ED0"/>
     <w:rsid w:val="65915226"/>
     <w:rsid w:val="65A9E917"/>
     <w:rsid w:val="65BE7917"/>
     <w:rsid w:val="65C2DC2C"/>
     <w:rsid w:val="65C3C78E"/>
     <w:rsid w:val="65C67C80"/>
     <w:rsid w:val="65E25EAF"/>
@@ -16462,66 +16740,64 @@
     <w:rsid w:val="69ECEA09"/>
     <w:rsid w:val="69F14946"/>
     <w:rsid w:val="69F61DC8"/>
     <w:rsid w:val="6A136528"/>
     <w:rsid w:val="6A15EC1E"/>
     <w:rsid w:val="6A1D871F"/>
     <w:rsid w:val="6A20ED95"/>
     <w:rsid w:val="6A4186BC"/>
     <w:rsid w:val="6A6429B8"/>
     <w:rsid w:val="6A6625E3"/>
     <w:rsid w:val="6A868F67"/>
     <w:rsid w:val="6A9695E9"/>
     <w:rsid w:val="6A9CF292"/>
     <w:rsid w:val="6AA0361B"/>
     <w:rsid w:val="6AA2F7C8"/>
     <w:rsid w:val="6AC0AF81"/>
     <w:rsid w:val="6AF69A58"/>
     <w:rsid w:val="6B080CBB"/>
     <w:rsid w:val="6B1241FF"/>
     <w:rsid w:val="6B13F6C2"/>
     <w:rsid w:val="6B333EC7"/>
     <w:rsid w:val="6B3F9FA8"/>
     <w:rsid w:val="6B5763FA"/>
     <w:rsid w:val="6B90B038"/>
     <w:rsid w:val="6B92A085"/>
-    <w:rsid w:val="6B950812"/>
     <w:rsid w:val="6BA90F76"/>
     <w:rsid w:val="6BACB58F"/>
     <w:rsid w:val="6BB02395"/>
     <w:rsid w:val="6C022805"/>
     <w:rsid w:val="6C030A6A"/>
     <w:rsid w:val="6C0B100A"/>
     <w:rsid w:val="6C14923E"/>
     <w:rsid w:val="6C280FCE"/>
     <w:rsid w:val="6C2BBC7F"/>
     <w:rsid w:val="6C7D372D"/>
     <w:rsid w:val="6C816396"/>
     <w:rsid w:val="6CADF355"/>
     <w:rsid w:val="6CB652E8"/>
     <w:rsid w:val="6CC0A243"/>
-    <w:rsid w:val="6CD66525"/>
     <w:rsid w:val="6CDCBEB0"/>
     <w:rsid w:val="6CE9BA29"/>
     <w:rsid w:val="6CE9EEC3"/>
     <w:rsid w:val="6CEC326C"/>
     <w:rsid w:val="6CEEDF94"/>
     <w:rsid w:val="6D42609B"/>
     <w:rsid w:val="6D7CEC10"/>
     <w:rsid w:val="6D97D361"/>
     <w:rsid w:val="6DA50E61"/>
     <w:rsid w:val="6DAEEDE0"/>
     <w:rsid w:val="6DBA563D"/>
     <w:rsid w:val="6DDA3816"/>
     <w:rsid w:val="6DE868AA"/>
     <w:rsid w:val="6E18BBB8"/>
     <w:rsid w:val="6E224CBE"/>
     <w:rsid w:val="6E38CD33"/>
     <w:rsid w:val="6E6C2A10"/>
     <w:rsid w:val="6E85BF24"/>
     <w:rsid w:val="6EC32086"/>
     <w:rsid w:val="6ECB935D"/>
     <w:rsid w:val="6ECF9C7D"/>
     <w:rsid w:val="6EF9BEAA"/>
     <w:rsid w:val="6F004DCF"/>
     <w:rsid w:val="6F0AB75C"/>
     <w:rsid w:val="6F19B9A7"/>
@@ -16568,50 +16844,51 @@
     <w:rsid w:val="720F8E2B"/>
     <w:rsid w:val="72283C24"/>
     <w:rsid w:val="722F2817"/>
     <w:rsid w:val="723A391F"/>
     <w:rsid w:val="723F64D0"/>
     <w:rsid w:val="724D058C"/>
     <w:rsid w:val="725361C0"/>
     <w:rsid w:val="725BFF0E"/>
     <w:rsid w:val="72968578"/>
     <w:rsid w:val="72981277"/>
     <w:rsid w:val="72A40EE6"/>
     <w:rsid w:val="72C14260"/>
     <w:rsid w:val="72EBCC76"/>
     <w:rsid w:val="730698EF"/>
     <w:rsid w:val="730E3FBF"/>
     <w:rsid w:val="7317E37E"/>
     <w:rsid w:val="731F5094"/>
     <w:rsid w:val="733557DF"/>
     <w:rsid w:val="7336435E"/>
     <w:rsid w:val="7353F30D"/>
     <w:rsid w:val="735495A6"/>
     <w:rsid w:val="735A60F0"/>
     <w:rsid w:val="735E0273"/>
     <w:rsid w:val="736E8783"/>
     <w:rsid w:val="736FDEED"/>
+    <w:rsid w:val="7372B00E"/>
     <w:rsid w:val="7373E561"/>
     <w:rsid w:val="738EC0F6"/>
     <w:rsid w:val="739BFC95"/>
     <w:rsid w:val="73BC495B"/>
     <w:rsid w:val="73FFFDCC"/>
     <w:rsid w:val="7404D996"/>
     <w:rsid w:val="742EF628"/>
     <w:rsid w:val="7431AC8B"/>
     <w:rsid w:val="744F2C78"/>
     <w:rsid w:val="745F83AA"/>
     <w:rsid w:val="7466F33B"/>
     <w:rsid w:val="7478C0F8"/>
     <w:rsid w:val="748CEC08"/>
     <w:rsid w:val="74C0311C"/>
     <w:rsid w:val="74C8F1C9"/>
     <w:rsid w:val="7515B0E9"/>
     <w:rsid w:val="75384406"/>
     <w:rsid w:val="755F7B37"/>
     <w:rsid w:val="7580CC01"/>
     <w:rsid w:val="75A4BB5D"/>
     <w:rsid w:val="75B92A71"/>
     <w:rsid w:val="75E843B6"/>
     <w:rsid w:val="75EE56D8"/>
     <w:rsid w:val="75FD9EA0"/>
     <w:rsid w:val="761A22C2"/>
@@ -16651,50 +16928,51 @@
     <w:rsid w:val="7950F0B8"/>
     <w:rsid w:val="79835F40"/>
     <w:rsid w:val="799F7F4D"/>
     <w:rsid w:val="79ABC1D1"/>
     <w:rsid w:val="79B6E64C"/>
     <w:rsid w:val="79B8468C"/>
     <w:rsid w:val="79C0E438"/>
     <w:rsid w:val="79C28CF8"/>
     <w:rsid w:val="79C4277F"/>
     <w:rsid w:val="79C9B8B5"/>
     <w:rsid w:val="79D60960"/>
     <w:rsid w:val="79E4DA1D"/>
     <w:rsid w:val="7A05D979"/>
     <w:rsid w:val="7A51F0E1"/>
     <w:rsid w:val="7A5699FC"/>
     <w:rsid w:val="7A83356A"/>
     <w:rsid w:val="7AB0A248"/>
     <w:rsid w:val="7AC9FCDC"/>
     <w:rsid w:val="7AE7DCC2"/>
     <w:rsid w:val="7AF61097"/>
     <w:rsid w:val="7B1066E9"/>
     <w:rsid w:val="7B40A125"/>
     <w:rsid w:val="7B825A40"/>
     <w:rsid w:val="7B89C7D2"/>
     <w:rsid w:val="7B8DFFEE"/>
+    <w:rsid w:val="7B8FF440"/>
     <w:rsid w:val="7B92CC2B"/>
     <w:rsid w:val="7B99D2DB"/>
     <w:rsid w:val="7C1D03B5"/>
     <w:rsid w:val="7C2DDA32"/>
     <w:rsid w:val="7C2F1433"/>
     <w:rsid w:val="7C2F9295"/>
     <w:rsid w:val="7C361ADC"/>
     <w:rsid w:val="7C38DB39"/>
     <w:rsid w:val="7C4C290D"/>
     <w:rsid w:val="7C5C2836"/>
     <w:rsid w:val="7C62482D"/>
     <w:rsid w:val="7C76B6C3"/>
     <w:rsid w:val="7C8020DE"/>
     <w:rsid w:val="7CC67BBD"/>
     <w:rsid w:val="7CCF648D"/>
     <w:rsid w:val="7D32F730"/>
     <w:rsid w:val="7D374518"/>
     <w:rsid w:val="7D4F3E85"/>
     <w:rsid w:val="7D6C4E1E"/>
     <w:rsid w:val="7D836DA6"/>
     <w:rsid w:val="7D8FECA8"/>
     <w:rsid w:val="7D93B782"/>
     <w:rsid w:val="7D99B361"/>
     <w:rsid w:val="7DC20706"/>
     <w:rsid w:val="7DC5B297"/>
@@ -18820,52 +19098,52 @@
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="42af17ff-dac7-491c-95b1-f710dfaea1f9" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="6c16959e-a6c3-4a2b-a654-f34cbbe8085f">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001C8F621482F98C4384B94E95C5482199" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7dde41c3cb7842231a7dd3ca0f10f983">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6c16959e-a6c3-4a2b-a654-f34cbbe8085f" xmlns:ns3="42af17ff-dac7-491c-95b1-f710dfaea1f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7aabc53559e980a1f478f21daccfc995" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001C8F621482F98C4384B94E95C5482199" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="26b3c2d702d51a7d40933d0a07659933">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6c16959e-a6c3-4a2b-a654-f34cbbe8085f" xmlns:ns3="42af17ff-dac7-491c-95b1-f710dfaea1f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3836231a409fe243d936b047f1517a77" ns2:_="" ns3:_="">
     <xsd:import namespace="6c16959e-a6c3-4a2b-a654-f34cbbe8085f"/>
     <xsd:import namespace="42af17ff-dac7-491c-95b1-f710dfaea1f9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -19052,90 +19330,75 @@
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B71283F0-AAEF-471B-B3B9-9E6A750E32CC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{944C272C-CB48-4372-A722-02CAC97DC483}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="42af17ff-dac7-491c-95b1-f710dfaea1f9"/>
     <ds:schemaRef ds:uri="6c16959e-a6c3-4a2b-a654-f34cbbe8085f"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{517CF6F9-7676-4C8E-B3E9-EB7F9C3129B7}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BCC39D62-1A45-4031-8BED-E58C57C5481F}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Normal</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company>University of London</ap:Company>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Spela Gruden</dc:creator>
   <keywords/>
   <lastModifiedBy>Lisa Stubbings</lastModifiedBy>
-  <revision>8</revision>
+  <revision>10</revision>
   <lastPrinted>2022-07-26T14:14:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001C8F621482F98C4384B94E95C5482199</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="QMULDepartment">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="QMULDocumentType">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="QMULSchool">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="TaxKeyword">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="QMULDocumentStatus">
     <vt:lpwstr/>