--- v0 (2025-10-25)
+++ v1 (2025-12-16)
@@ -1967,51 +1967,51 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9915" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="6570"/>
         <w:gridCol w:w="1350"/>
         <w:gridCol w:w="915"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="450F0BA5" w14:paraId="3411C5D1" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="07F3282B" w14:paraId="3411C5D1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9915" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="336560DA" w14:paraId="1A2EB3F7" w14:textId="4C86DD6E">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:jc w:val="center"/>
@@ -2082,53 +2082,53 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
             <w:r w:rsidR="006110B6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="450F0BA5" w14:paraId="2B9006E0" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="07F3282B" w14:paraId="2B9006E0" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="1259"/>
+          <w:trHeight w:val="930"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9915" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="002D2F5D" w:rsidP="00B63186" w:rsidRDefault="00B63186" w14:paraId="08F3C1A8" w14:textId="592EAC17">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
@@ -2319,51 +2319,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 60-credit supervised project</w:t>
             </w:r>
             <w:r w:rsidRPr="31097D15" w:rsidR="00B63186">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="31097D15">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>from the module marked as Core below.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="450F0BA5" w14:paraId="76C9D753" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="07F3282B" w14:paraId="76C9D753" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7650" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="336560DA" w14:paraId="2B7ECE57" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
@@ -2433,328 +2433,360 @@
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="336560DA" w14:paraId="24B09F22" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6433">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="450F0BA5" w14:paraId="300656D7" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="07F3282B" w14:paraId="300656D7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00687CE1" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="00861080" w14:paraId="028039F1" w14:textId="5BBC5294">
+          <w:p w:rsidRPr="00687CE1" w:rsidR="336560DA" w:rsidP="07F3282B" w:rsidRDefault="00861080" w14:paraId="028039F1" w14:textId="5BBC5294">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="07F3282B" w:rsidR="00861080">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
               <w:t>STA7010</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00687CE1" w:rsidR="336560DA" w:rsidP="7C21657A" w:rsidRDefault="00861080" w14:paraId="7588EEFA" w14:textId="5897F39D">
+          <w:p w:rsidRPr="00687CE1" w:rsidR="336560DA" w:rsidP="07F3282B" w:rsidRDefault="00861080" w14:paraId="7588EEFA" w14:textId="5897F39D">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="07F3282B" w:rsidR="00861080">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
               <w:t>Theories and Critical Concepts of Digital Media and Cultures</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00687CE1" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="00861080" w14:paraId="527BD8BE" w14:textId="139871D3">
+          <w:p w:rsidRPr="00687CE1" w:rsidR="336560DA" w:rsidP="07F3282B" w:rsidRDefault="00861080" w14:paraId="527BD8BE" w14:textId="139871D3">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="07F3282B" w:rsidR="00861080">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
               <w:t>Compulsory</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="915" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00687CE1" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="00861080" w14:paraId="5ED019A8" w14:textId="4B69C72D">
+          <w:p w:rsidRPr="00687CE1" w:rsidR="336560DA" w:rsidP="07F3282B" w:rsidRDefault="00861080" w14:paraId="5ED019A8" w14:textId="4B69C72D">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="07F3282B" w:rsidR="00861080">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="00B63186" w:rsidTr="450F0BA5" w14:paraId="47863319" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="00B63186" w:rsidTr="07F3282B" w14:paraId="47863319" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00687CE1" w:rsidR="00B63186" w:rsidP="00873076" w:rsidRDefault="00861080" w14:paraId="51CC6E04" w14:textId="44C2D8FD">
+          <w:p w:rsidRPr="00687CE1" w:rsidR="00B63186" w:rsidP="07F3282B" w:rsidRDefault="00861080" w14:paraId="51CC6E04" w14:textId="44C2D8FD">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="07F3282B" w:rsidR="00861080">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
               <w:t>STA7009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00687CE1" w:rsidR="00B63186" w:rsidP="00873076" w:rsidRDefault="00861080" w14:paraId="2AA56F96" w14:textId="7AB7AEDA">
+          <w:p w:rsidRPr="00687CE1" w:rsidR="00B63186" w:rsidP="07F3282B" w:rsidRDefault="00861080" w14:paraId="2AA56F96" w14:textId="7AB7AEDA">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="07F3282B" w:rsidR="00861080">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
               <w:t>Digital Global Audiences and Participatory Culture</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00687CE1" w:rsidR="00B63186" w:rsidP="00873076" w:rsidRDefault="00861080" w14:paraId="27B6A90E" w14:textId="01AF21B2">
+          <w:p w:rsidRPr="00687CE1" w:rsidR="00B63186" w:rsidP="07F3282B" w:rsidRDefault="00861080" w14:paraId="27B6A90E" w14:textId="01AF21B2">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="07F3282B" w:rsidR="00861080">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
               <w:t>Compulsory</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="915" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00687CE1" w:rsidR="00B63186" w:rsidP="00873076" w:rsidRDefault="00861080" w14:paraId="25805694" w14:textId="0EBA3188">
+          <w:p w:rsidRPr="00687CE1" w:rsidR="00B63186" w:rsidP="07F3282B" w:rsidRDefault="00861080" w14:paraId="25805694" w14:textId="0EBA3188">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="07F3282B" w:rsidR="00861080">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="450F0BA5" w14:paraId="137E331C" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="07F3282B" w14:paraId="137E331C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7650" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="336560DA" w14:paraId="4945A067" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
@@ -2824,51 +2856,51 @@
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="336560DA" w14:paraId="5AB046A7" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6433">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="450F0BA5" w14:paraId="4BA41338" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="07F3282B" w14:paraId="4BA41338" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00DA54B3" w:rsidR="336560DA" w:rsidP="7C21657A" w:rsidRDefault="00861080" w14:paraId="1C9FBB3C" w14:textId="6ECCBC4F">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -2976,51 +3008,51 @@
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00DA54B3" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="00861080" w14:paraId="598DA8B3" w14:textId="2E357909">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="00B63186" w:rsidTr="450F0BA5" w14:paraId="71980AF7" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="00B63186" w:rsidTr="07F3282B" w14:paraId="71980AF7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00617902" w:rsidR="00B63186" w:rsidP="00D26462" w:rsidRDefault="00861080" w14:paraId="3F675EE6" w14:textId="1119668B">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -3116,51 +3148,51 @@
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00617902" w:rsidR="00B63186" w:rsidP="00D26462" w:rsidRDefault="00861080" w14:paraId="6A30EA43" w14:textId="3235CEC1">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="00617902" w:rsidTr="450F0BA5" w14:paraId="53D5AFA2" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="00617902" w:rsidTr="07F3282B" w14:paraId="53D5AFA2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00617902" w:rsidR="00617902" w:rsidP="00617902" w:rsidRDefault="00861080" w14:paraId="53A37F18" w14:textId="1B4FB6B5">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -3256,51 +3288,51 @@
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00617902" w:rsidR="00617902" w:rsidP="00617902" w:rsidRDefault="00861080" w14:paraId="062851C5" w14:textId="1D21E8FF">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="00687CE1" w:rsidTr="450F0BA5" w14:paraId="2F3F950E" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="00687CE1" w:rsidTr="07F3282B" w14:paraId="2F3F950E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00617902" w:rsidR="00687CE1" w:rsidP="00617902" w:rsidRDefault="00861080" w14:paraId="3973321F" w14:textId="20449C9F">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -3396,51 +3428,51 @@
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00617902" w:rsidR="00687CE1" w:rsidP="00617902" w:rsidRDefault="00861080" w14:paraId="6FB28906" w14:textId="18102F95">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="00617902" w:rsidTr="450F0BA5" w14:paraId="11440BF6" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="00617902" w:rsidTr="07F3282B" w14:paraId="11440BF6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7650" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="00617902" w:rsidP="00617902" w:rsidRDefault="00617902" w14:paraId="1D1D8C55" w14:textId="6124523B">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3514,51 +3546,51 @@
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="00617902" w:rsidP="00617902" w:rsidRDefault="00617902" w14:paraId="6724302A" w14:textId="0E827926">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6433">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="00617902" w:rsidTr="450F0BA5" w14:paraId="72DAB9E0" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="00617902" w:rsidTr="07F3282B" w14:paraId="72DAB9E0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00DA54B3" w:rsidR="00617902" w:rsidP="00617902" w:rsidRDefault="00861080" w14:paraId="4D5579BE" w14:textId="1D3B582E">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -3666,51 +3698,51 @@
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00DA54B3" w:rsidR="00617902" w:rsidP="00617902" w:rsidRDefault="00617902" w14:paraId="0F72A631" w14:textId="029EDFE9">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA54B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="00617902" w:rsidTr="450F0BA5" w14:paraId="044C4E5A" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="00617902" w:rsidTr="07F3282B" w14:paraId="044C4E5A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9915" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="00617902" w:rsidP="00617902" w:rsidRDefault="00617902" w14:paraId="1699E3DB" w14:textId="43665E21">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:jc w:val="center"/>
@@ -7344,50 +7376,51 @@
     <w:rsid w:val="064CC30C"/>
     <w:rsid w:val="0657D5A2"/>
     <w:rsid w:val="06594010"/>
     <w:rsid w:val="0663B633"/>
     <w:rsid w:val="066DB198"/>
     <w:rsid w:val="067F6EB2"/>
     <w:rsid w:val="0692BF47"/>
     <w:rsid w:val="06AF975D"/>
     <w:rsid w:val="06DF2272"/>
     <w:rsid w:val="06F24D10"/>
     <w:rsid w:val="070DD2E9"/>
     <w:rsid w:val="072585BA"/>
     <w:rsid w:val="0744745C"/>
     <w:rsid w:val="0744AD62"/>
     <w:rsid w:val="074869C7"/>
     <w:rsid w:val="077A31A0"/>
     <w:rsid w:val="0780F4B8"/>
     <w:rsid w:val="0796489A"/>
     <w:rsid w:val="07A28DB8"/>
     <w:rsid w:val="07A741E8"/>
     <w:rsid w:val="07B28D81"/>
     <w:rsid w:val="07BC9E4D"/>
     <w:rsid w:val="07BF5856"/>
     <w:rsid w:val="07D4B87D"/>
     <w:rsid w:val="07EB2723"/>
+    <w:rsid w:val="07F3282B"/>
     <w:rsid w:val="082E2100"/>
     <w:rsid w:val="084E6B78"/>
     <w:rsid w:val="085CA43C"/>
     <w:rsid w:val="08671B0D"/>
     <w:rsid w:val="088B2E0A"/>
     <w:rsid w:val="08940DF7"/>
     <w:rsid w:val="08965A92"/>
     <w:rsid w:val="08973FBD"/>
     <w:rsid w:val="08ACCF93"/>
     <w:rsid w:val="08AD3C17"/>
     <w:rsid w:val="08D33629"/>
     <w:rsid w:val="0936D489"/>
     <w:rsid w:val="09396376"/>
     <w:rsid w:val="094C606B"/>
     <w:rsid w:val="09745A0D"/>
     <w:rsid w:val="097B73F0"/>
     <w:rsid w:val="097E9DDD"/>
     <w:rsid w:val="09871821"/>
     <w:rsid w:val="099DC58B"/>
     <w:rsid w:val="09AFB30B"/>
     <w:rsid w:val="09B9274C"/>
     <w:rsid w:val="09D2F47D"/>
     <w:rsid w:val="09DA78A8"/>
     <w:rsid w:val="0A1BF325"/>
     <w:rsid w:val="0A20085D"/>
@@ -8306,50 +8339,51 @@
     <w:rsid w:val="5A631A53"/>
     <w:rsid w:val="5A7438ED"/>
     <w:rsid w:val="5AA1045F"/>
     <w:rsid w:val="5AAED978"/>
     <w:rsid w:val="5AC6D407"/>
     <w:rsid w:val="5ACA5592"/>
     <w:rsid w:val="5AD40362"/>
     <w:rsid w:val="5AEB48C6"/>
     <w:rsid w:val="5AED73AF"/>
     <w:rsid w:val="5AF6E76F"/>
     <w:rsid w:val="5B1448CD"/>
     <w:rsid w:val="5B1F4086"/>
     <w:rsid w:val="5B323F54"/>
     <w:rsid w:val="5B50AB6A"/>
     <w:rsid w:val="5B5431DD"/>
     <w:rsid w:val="5B63EEB7"/>
     <w:rsid w:val="5B7E5115"/>
     <w:rsid w:val="5B890CAF"/>
     <w:rsid w:val="5B895268"/>
     <w:rsid w:val="5BA93764"/>
     <w:rsid w:val="5BD6437A"/>
     <w:rsid w:val="5BEC3806"/>
     <w:rsid w:val="5C322481"/>
     <w:rsid w:val="5C4D751F"/>
     <w:rsid w:val="5C760AD1"/>
+    <w:rsid w:val="5C949413"/>
     <w:rsid w:val="5C9E6CE3"/>
     <w:rsid w:val="5CA35272"/>
     <w:rsid w:val="5CA8C354"/>
     <w:rsid w:val="5CC030F2"/>
     <w:rsid w:val="5CEBDE28"/>
     <w:rsid w:val="5D051793"/>
     <w:rsid w:val="5D05935B"/>
     <w:rsid w:val="5D120C0B"/>
     <w:rsid w:val="5D1AC943"/>
     <w:rsid w:val="5D25DC89"/>
     <w:rsid w:val="5D2C6DEB"/>
     <w:rsid w:val="5D3DAF38"/>
     <w:rsid w:val="5D48F926"/>
     <w:rsid w:val="5D5190B6"/>
     <w:rsid w:val="5D559872"/>
     <w:rsid w:val="5D5E0807"/>
     <w:rsid w:val="5D72F218"/>
     <w:rsid w:val="5D8C0B53"/>
     <w:rsid w:val="5D908025"/>
     <w:rsid w:val="5D9C4A36"/>
     <w:rsid w:val="5DCBD69E"/>
     <w:rsid w:val="5DCE96BC"/>
     <w:rsid w:val="5DCF36A7"/>
     <w:rsid w:val="5DCF5B33"/>
     <w:rsid w:val="5DD33243"/>
@@ -10739,52 +10773,52 @@
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="42af17ff-dac7-491c-95b1-f710dfaea1f9" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="6c16959e-a6c3-4a2b-a654-f34cbbe8085f">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001C8F621482F98C4384B94E95C5482199" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7dde41c3cb7842231a7dd3ca0f10f983">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6c16959e-a6c3-4a2b-a654-f34cbbe8085f" xmlns:ns3="42af17ff-dac7-491c-95b1-f710dfaea1f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7aabc53559e980a1f478f21daccfc995" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001C8F621482F98C4384B94E95C5482199" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="26b3c2d702d51a7d40933d0a07659933">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6c16959e-a6c3-4a2b-a654-f34cbbe8085f" xmlns:ns3="42af17ff-dac7-491c-95b1-f710dfaea1f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3836231a409fe243d936b047f1517a77" ns2:_="" ns3:_="">
     <xsd:import namespace="6c16959e-a6c3-4a2b-a654-f34cbbe8085f"/>
     <xsd:import namespace="42af17ff-dac7-491c-95b1-f710dfaea1f9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -10971,90 +11005,75 @@
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B71283F0-AAEF-471B-B3B9-9E6A750E32CC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{944C272C-CB48-4372-A722-02CAC97DC483}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="42af17ff-dac7-491c-95b1-f710dfaea1f9"/>
     <ds:schemaRef ds:uri="6c16959e-a6c3-4a2b-a654-f34cbbe8085f"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7FAFAE1F-6A09-4083-A2B2-8AEBAC73C4E6}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{41A922AB-EA8B-46D6-AB41-4547A3848800}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Normal</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company>University of London</ap:Company>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Spela Gruden</dc:creator>
   <keywords/>
   <lastModifiedBy>Lisa Stubbings</lastModifiedBy>
-  <revision>7</revision>
+  <revision>9</revision>
   <lastPrinted>2017-07-13T19:37:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001C8F621482F98C4384B94E95C5482199</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="QMULDepartment">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="QMULDocumentType">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="QMULSchool">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="TaxKeyword">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="QMULDocumentStatus">
     <vt:lpwstr/>