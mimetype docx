--- v0 (2025-10-25)
+++ v1 (2025-12-16)
@@ -1354,51 +1354,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9915" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="6570"/>
         <w:gridCol w:w="1350"/>
         <w:gridCol w:w="915"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="004D60D6" w:rsidTr="003C5B48" w14:paraId="034739B9" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="004D60D6" w:rsidTr="07B6AB26" w14:paraId="034739B9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9915" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="004D60D6" w:rsidP="004D60D6" w:rsidRDefault="004D60D6" w14:paraId="01AF21EE" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:jc w:val="center"/>
@@ -1457,53 +1457,53 @@
               <w:pStyle w:val="TableStyle2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2025-2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00B63186" w:rsidR="004D60D6" w:rsidTr="003C5B48" w14:paraId="00EAF176" w14:textId="77777777">
+      <w:tr w:rsidRPr="00B63186" w:rsidR="004D60D6" w:rsidTr="07B6AB26" w14:paraId="00EAF176" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="1259"/>
+          <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9915" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="004D60D6" w:rsidP="004D60D6" w:rsidRDefault="004D60D6" w14:paraId="4AC882A5" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
@@ -1601,51 +1601,51 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>You will also take the Core dissertation module.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="004D60D6" w:rsidTr="003C5B48" w14:paraId="74D62866" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="004D60D6" w:rsidTr="07B6AB26" w14:paraId="74D62866" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7650" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="004D60D6" w:rsidP="003C5B48" w:rsidRDefault="004D60D6" w14:paraId="503DF6AF" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
@@ -1715,51 +1715,51 @@
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="004D60D6" w:rsidP="003C5B48" w:rsidRDefault="004D60D6" w14:paraId="11C605B8" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6433">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D4CB9" w:rsidR="004D60D6" w:rsidTr="003C5B48" w14:paraId="6E17FAFD" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D4CB9" w:rsidR="004D60D6" w:rsidTr="07B6AB26" w14:paraId="6E17FAFD" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D4CB9" w:rsidR="004D60D6" w:rsidP="003C5B48" w:rsidRDefault="004D60D6" w14:paraId="56D8D8F9" w14:textId="1CE7F0FD">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1767,50 +1767,51 @@
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>ESH7109</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="001D4CB9" w:rsidR="004D60D6" w:rsidP="003C5B48" w:rsidRDefault="004D60D6" w14:paraId="5808B57A" w14:textId="26803328">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Writing from Research</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1878,51 +1879,51 @@
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D4CB9" w:rsidR="004D60D6" w:rsidP="003C5B48" w:rsidRDefault="005628EF" w14:paraId="2D8BFA8F" w14:textId="78101BFA">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="004D60D6" w:rsidTr="003C5B48" w14:paraId="658F41D6" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="004D60D6" w:rsidTr="07B6AB26" w14:paraId="658F41D6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7650" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="004D60D6" w:rsidP="003C5B48" w:rsidRDefault="004D60D6" w14:paraId="4B6404DC" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
@@ -1992,51 +1993,51 @@
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="004D60D6" w:rsidP="003C5B48" w:rsidRDefault="004D60D6" w14:paraId="4C1F3DB6" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6433">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DA54B3" w:rsidR="004D60D6" w:rsidTr="003C5B48" w14:paraId="0A2997B6" w14:textId="77777777">
+      <w:tr w:rsidRPr="00DA54B3" w:rsidR="004D60D6" w:rsidTr="07B6AB26" w14:paraId="0A2997B6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00DA54B3" w:rsidR="004D60D6" w:rsidP="003C5B48" w:rsidRDefault="005628EF" w14:paraId="43DD9CF6" w14:textId="33716C6D">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -2045,50 +2046,51 @@
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>ESH7110</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="00DA54B3" w:rsidR="004D60D6" w:rsidP="003C5B48" w:rsidRDefault="005628EF" w14:paraId="27DB6AA0" w14:textId="7A730266">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Collaborative Practices</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -2143,51 +2145,51 @@
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00DA54B3" w:rsidR="004D60D6" w:rsidP="003C5B48" w:rsidRDefault="005628EF" w14:paraId="4C1985AA" w14:textId="2D743495">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="004D60D6" w:rsidTr="003C5B48" w14:paraId="3F741BAC" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="004D60D6" w:rsidTr="07B6AB26" w14:paraId="3F741BAC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7650" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="004D60D6" w:rsidP="003C5B48" w:rsidRDefault="004D60D6" w14:paraId="46FB587D" w14:textId="6B72D8A0">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2269,51 +2271,51 @@
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="004D60D6" w:rsidP="003C5B48" w:rsidRDefault="004D60D6" w14:paraId="19A73A4B" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6433">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DA54B3" w:rsidR="004D60D6" w:rsidTr="003C5B48" w14:paraId="4D855E1E" w14:textId="77777777">
+      <w:tr w:rsidRPr="00DA54B3" w:rsidR="004D60D6" w:rsidTr="07B6AB26" w14:paraId="4D855E1E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00DA54B3" w:rsidR="004D60D6" w:rsidP="003C5B48" w:rsidRDefault="005628EF" w14:paraId="645679D0" w14:textId="2AE9C174">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -2322,50 +2324,51 @@
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>ESH7199</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="00DA54B3" w:rsidR="004D60D6" w:rsidP="003C5B48" w:rsidRDefault="005628EF" w14:paraId="648C02B7" w14:textId="29E94A49">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Creative Writing Dissertation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -2420,51 +2423,51 @@
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00DA54B3" w:rsidR="004D60D6" w:rsidP="003C5B48" w:rsidRDefault="005628EF" w14:paraId="45FB1C9C" w14:textId="3AE5428F">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="004D60D6" w:rsidTr="003C5B48" w14:paraId="15553B75" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="004D60D6" w:rsidTr="07B6AB26" w14:paraId="15553B75" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9915" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="004D60D6" w:rsidP="003C5B48" w:rsidRDefault="004D60D6" w14:paraId="46285BC4" w14:textId="5B0EE5BA">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:jc w:val="center"/>
@@ -5966,50 +5969,51 @@
     <w:rsid w:val="05C3C7D2"/>
     <w:rsid w:val="05F8BD5F"/>
     <w:rsid w:val="0622B86A"/>
     <w:rsid w:val="0645CAA5"/>
     <w:rsid w:val="064CC30C"/>
     <w:rsid w:val="0657D5A2"/>
     <w:rsid w:val="06594010"/>
     <w:rsid w:val="0663B633"/>
     <w:rsid w:val="066DB198"/>
     <w:rsid w:val="067F6EB2"/>
     <w:rsid w:val="0692BF47"/>
     <w:rsid w:val="06AF975D"/>
     <w:rsid w:val="06DF2272"/>
     <w:rsid w:val="06F24D10"/>
     <w:rsid w:val="070DD2E9"/>
     <w:rsid w:val="072585BA"/>
     <w:rsid w:val="0744745C"/>
     <w:rsid w:val="0744AD62"/>
     <w:rsid w:val="074869C7"/>
     <w:rsid w:val="077A31A0"/>
     <w:rsid w:val="0780F4B8"/>
     <w:rsid w:val="0796489A"/>
     <w:rsid w:val="07A28DB8"/>
     <w:rsid w:val="07A741E8"/>
     <w:rsid w:val="07B28D81"/>
+    <w:rsid w:val="07B6AB26"/>
     <w:rsid w:val="07BC9E4D"/>
     <w:rsid w:val="07BF5856"/>
     <w:rsid w:val="07D4B87D"/>
     <w:rsid w:val="07EB2723"/>
     <w:rsid w:val="082E2100"/>
     <w:rsid w:val="084E6B78"/>
     <w:rsid w:val="085CA43C"/>
     <w:rsid w:val="08671B0D"/>
     <w:rsid w:val="088B2E0A"/>
     <w:rsid w:val="08940DF7"/>
     <w:rsid w:val="08965A92"/>
     <w:rsid w:val="08973FBD"/>
     <w:rsid w:val="08ACCF93"/>
     <w:rsid w:val="08AD3C17"/>
     <w:rsid w:val="08D33629"/>
     <w:rsid w:val="0936D489"/>
     <w:rsid w:val="09396376"/>
     <w:rsid w:val="094C606B"/>
     <w:rsid w:val="09745A0D"/>
     <w:rsid w:val="097B73F0"/>
     <w:rsid w:val="097E9DDD"/>
     <w:rsid w:val="09871821"/>
     <w:rsid w:val="099DC58B"/>
     <w:rsid w:val="09AFB30B"/>
     <w:rsid w:val="09B9274C"/>
@@ -9349,52 +9353,52 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001C8F621482F98C4384B94E95C5482199" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7dde41c3cb7842231a7dd3ca0f10f983">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6c16959e-a6c3-4a2b-a654-f34cbbe8085f" xmlns:ns3="42af17ff-dac7-491c-95b1-f710dfaea1f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7aabc53559e980a1f478f21daccfc995" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001C8F621482F98C4384B94E95C5482199" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="26b3c2d702d51a7d40933d0a07659933">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6c16959e-a6c3-4a2b-a654-f34cbbe8085f" xmlns:ns3="42af17ff-dac7-491c-95b1-f710dfaea1f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3836231a409fe243d936b047f1517a77" ns2:_="" ns3:_="">
     <xsd:import namespace="6c16959e-a6c3-4a2b-a654-f34cbbe8085f"/>
     <xsd:import namespace="42af17ff-dac7-491c-95b1-f710dfaea1f9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -9581,66 +9585,51 @@
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="42af17ff-dac7-491c-95b1-f710dfaea1f9" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="6c16959e-a6c3-4a2b-a654-f34cbbe8085f">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B71283F0-AAEF-471B-B3B9-9E6A750E32CC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7FAFAE1F-6A09-4083-A2B2-8AEBAC73C4E6}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{31A534D0-51EA-4D7D-A0F8-333C89CA3BCE}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{944C272C-CB48-4372-A722-02CAC97DC483}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="42af17ff-dac7-491c-95b1-f710dfaea1f9"/>
     <ds:schemaRef ds:uri="6c16959e-a6c3-4a2b-a654-f34cbbe8085f"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Normal</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company>University of London</ap:Company>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>