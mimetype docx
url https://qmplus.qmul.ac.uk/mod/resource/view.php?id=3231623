--- v0 (2025-10-25)
+++ v1 (2025-12-16)
@@ -1296,51 +1296,51 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9915" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
           <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="2" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="6570"/>
         <w:gridCol w:w="1350"/>
         <w:gridCol w:w="915"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="7D4B8B7A" w14:paraId="3411C5D1" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="0D1AF288" w14:paraId="3411C5D1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9915" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="336560DA" w14:paraId="1A2EB3F7" w14:textId="6DB277E8">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:jc w:val="center"/>
@@ -1411,53 +1411,53 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
             <w:r w:rsidR="006110B6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="7D4B8B7A" w14:paraId="2B9006E0" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="0D1AF288" w14:paraId="2B9006E0" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="1259"/>
+          <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9915" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="002D2F5D" w:rsidP="00B63186" w:rsidRDefault="00B63186" w14:paraId="08F3C1A8" w14:textId="1ADB2118">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
@@ -1615,51 +1615,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 60-credit supervised project</w:t>
             </w:r>
             <w:r w:rsidRPr="31097D15" w:rsidR="00B63186">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="31097D15">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>from the module marked as Core below.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="7D4B8B7A" w14:paraId="76C9D753" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="0D1AF288" w14:paraId="76C9D753" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7650" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="336560DA" w14:paraId="2B7ECE57" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
@@ -1729,51 +1729,51 @@
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="336560DA" w14:paraId="24B09F22" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6433">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="7D4B8B7A" w14:paraId="300656D7" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="0D1AF288" w14:paraId="300656D7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00F276CC" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="00F276CC" w14:paraId="028039F1" w14:textId="7E703634">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1781,50 +1781,51 @@
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F276CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>ESH7107</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="00F276CC" w:rsidR="336560DA" w:rsidP="7C21657A" w:rsidRDefault="00F276CC" w14:paraId="7588EEFA" w14:textId="4FC7B25F">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F276CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Creative Writing and Critical Writing 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1883,51 +1884,51 @@
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00F276CC" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="00F276CC" w14:paraId="5ED019A8" w14:textId="068927A5">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F276CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="00B63186" w:rsidTr="7D4B8B7A" w14:paraId="47863319" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="00B63186" w:rsidTr="0D1AF288" w14:paraId="47863319" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00F276CC" w:rsidR="00B63186" w:rsidP="00873076" w:rsidRDefault="00F276CC" w14:paraId="51CC6E04" w14:textId="7C8956E4">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -1936,50 +1937,51 @@
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F276CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>ESH7109</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="00F276CC" w:rsidR="00B63186" w:rsidP="00873076" w:rsidRDefault="00F276CC" w14:paraId="2AA56F96" w14:textId="2F1A8443">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F276CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Writing from Research</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -2036,51 +2038,51 @@
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00F276CC" w:rsidR="00B63186" w:rsidP="00873076" w:rsidRDefault="00F276CC" w14:paraId="25805694" w14:textId="5B6B4321">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F276CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="7D4B8B7A" w14:paraId="137E331C" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="0D1AF288" w14:paraId="137E331C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7650" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="336560DA" w14:paraId="4945A067" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
@@ -2150,51 +2152,51 @@
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="336560DA" w14:paraId="5AB046A7" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6433">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="7D4B8B7A" w14:paraId="4BA41338" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="336560DA" w:rsidTr="0D1AF288" w14:paraId="4BA41338" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00DA54B3" w:rsidR="336560DA" w:rsidP="7C21657A" w:rsidRDefault="00F276CC" w14:paraId="1C9FBB3C" w14:textId="677E457F">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -2203,50 +2205,51 @@
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>ESH7108</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="00DA54B3" w:rsidR="336560DA" w:rsidP="7C21657A" w:rsidRDefault="00F276CC" w14:paraId="48E62E59" w14:textId="571F91E5">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Creative and Critical Writing 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -2301,51 +2304,51 @@
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00DA54B3" w:rsidR="336560DA" w:rsidP="336560DA" w:rsidRDefault="00F276CC" w14:paraId="598DA8B3" w14:textId="04497C07">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="00B63186" w:rsidTr="7D4B8B7A" w14:paraId="71980AF7" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="00B63186" w:rsidTr="0D1AF288" w14:paraId="71980AF7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00F276CC" w:rsidR="00B63186" w:rsidP="00D26462" w:rsidRDefault="00F276CC" w14:paraId="3F675EE6" w14:textId="062FE677">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -2354,50 +2357,51 @@
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F276CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>ESH7110</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="00F276CC" w:rsidR="00B63186" w:rsidP="00D26462" w:rsidRDefault="00F276CC" w14:paraId="7BB07E49" w14:textId="1F357C63">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F276CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Collaborative Practices</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -2456,51 +2460,51 @@
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00F276CC" w:rsidR="00B63186" w:rsidP="00D26462" w:rsidRDefault="00F276CC" w14:paraId="6A30EA43" w14:textId="2ED207D3">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F276CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="00617902" w:rsidTr="7D4B8B7A" w14:paraId="11440BF6" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="00617902" w:rsidTr="0D1AF288" w14:paraId="11440BF6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7650" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="00617902" w:rsidP="00617902" w:rsidRDefault="00617902" w14:paraId="1D1D8C55" w14:textId="6124523B">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2574,51 +2578,51 @@
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="00617902" w:rsidP="00617902" w:rsidRDefault="00617902" w14:paraId="6724302A" w14:textId="0E827926">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6433">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="00617902" w:rsidTr="7D4B8B7A" w14:paraId="72DAB9E0" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="00617902" w:rsidTr="0D1AF288" w14:paraId="72DAB9E0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00DA54B3" w:rsidR="00617902" w:rsidP="00617902" w:rsidRDefault="00F276CC" w14:paraId="4D5579BE" w14:textId="72A425F0">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -2627,50 +2631,51 @@
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>ESH7199</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="2" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="00DA54B3" w:rsidR="00617902" w:rsidP="00617902" w:rsidRDefault="00F276CC" w14:paraId="4012EFA1" w14:textId="76EA36A0">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Creative Writing </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2736,51 +2741,51 @@
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="00DA54B3" w:rsidR="00617902" w:rsidP="00617902" w:rsidRDefault="00617902" w14:paraId="0F72A631" w14:textId="029EDFE9">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA54B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001D6433" w:rsidR="00617902" w:rsidTr="7D4B8B7A" w14:paraId="044C4E5A" w14:textId="77777777">
+      <w:tr w:rsidRPr="001D6433" w:rsidR="00617902" w:rsidTr="0D1AF288" w14:paraId="044C4E5A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9915" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
               <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="40" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidRPr="001D6433" w:rsidR="00617902" w:rsidP="00617902" w:rsidRDefault="00617902" w14:paraId="3A59B5F9" w14:textId="3CBBD7BD">
             <w:pPr>
               <w:pStyle w:val="TableStyle2"/>
               <w:jc w:val="center"/>
@@ -6327,50 +6332,51 @@
     <w:rsid w:val="0A5B4258"/>
     <w:rsid w:val="0A5D4A50"/>
     <w:rsid w:val="0A8C9827"/>
     <w:rsid w:val="0AB78AFC"/>
     <w:rsid w:val="0AC270FC"/>
     <w:rsid w:val="0AC6BE28"/>
     <w:rsid w:val="0ACC62B3"/>
     <w:rsid w:val="0AF33BE5"/>
     <w:rsid w:val="0B0B3543"/>
     <w:rsid w:val="0B22F3AA"/>
     <w:rsid w:val="0B41181E"/>
     <w:rsid w:val="0B4E04D0"/>
     <w:rsid w:val="0BAE43D9"/>
     <w:rsid w:val="0BD4A315"/>
     <w:rsid w:val="0BD9077E"/>
     <w:rsid w:val="0BFEBEA0"/>
     <w:rsid w:val="0C06952C"/>
     <w:rsid w:val="0C6399B5"/>
     <w:rsid w:val="0C71B398"/>
     <w:rsid w:val="0C7CC63F"/>
     <w:rsid w:val="0CBF5DD8"/>
     <w:rsid w:val="0CC3DCFA"/>
     <w:rsid w:val="0CE0A0AA"/>
     <w:rsid w:val="0CF85FE9"/>
     <w:rsid w:val="0CF92708"/>
+    <w:rsid w:val="0D1AF288"/>
     <w:rsid w:val="0D2473CE"/>
     <w:rsid w:val="0D3A8C30"/>
     <w:rsid w:val="0D3F30CA"/>
     <w:rsid w:val="0D47771E"/>
     <w:rsid w:val="0D624983"/>
     <w:rsid w:val="0D76A50D"/>
     <w:rsid w:val="0DAD0844"/>
     <w:rsid w:val="0DAFBBB6"/>
     <w:rsid w:val="0DB96D07"/>
     <w:rsid w:val="0DDB316E"/>
     <w:rsid w:val="0E09C550"/>
     <w:rsid w:val="0E1C0F36"/>
     <w:rsid w:val="0E1FB194"/>
     <w:rsid w:val="0E3A2C2A"/>
     <w:rsid w:val="0E50C476"/>
     <w:rsid w:val="0E650AB1"/>
     <w:rsid w:val="0E7E481A"/>
     <w:rsid w:val="0E86E41A"/>
     <w:rsid w:val="0E981C5D"/>
     <w:rsid w:val="0E9C5167"/>
     <w:rsid w:val="0EBA72A8"/>
     <w:rsid w:val="0EC3373C"/>
     <w:rsid w:val="0ED2BBDD"/>
     <w:rsid w:val="0EE28064"/>
     <w:rsid w:val="0F176F42"/>
@@ -9655,52 +9661,52 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001C8F621482F98C4384B94E95C5482199" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7dde41c3cb7842231a7dd3ca0f10f983">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6c16959e-a6c3-4a2b-a654-f34cbbe8085f" xmlns:ns3="42af17ff-dac7-491c-95b1-f710dfaea1f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7aabc53559e980a1f478f21daccfc995" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001C8F621482F98C4384B94E95C5482199" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="26b3c2d702d51a7d40933d0a07659933">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6c16959e-a6c3-4a2b-a654-f34cbbe8085f" xmlns:ns3="42af17ff-dac7-491c-95b1-f710dfaea1f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3836231a409fe243d936b047f1517a77" ns2:_="" ns3:_="">
     <xsd:import namespace="6c16959e-a6c3-4a2b-a654-f34cbbe8085f"/>
     <xsd:import namespace="42af17ff-dac7-491c-95b1-f710dfaea1f9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -9887,66 +9893,51 @@
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="42af17ff-dac7-491c-95b1-f710dfaea1f9" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="6c16959e-a6c3-4a2b-a654-f34cbbe8085f">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B71283F0-AAEF-471B-B3B9-9E6A750E32CC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7FAFAE1F-6A09-4083-A2B2-8AEBAC73C4E6}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6533583F-FC93-43B3-8FB6-7D268B5B7400}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{944C272C-CB48-4372-A722-02CAC97DC483}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="42af17ff-dac7-491c-95b1-f710dfaea1f9"/>
     <ds:schemaRef ds:uri="6c16959e-a6c3-4a2b-a654-f34cbbe8085f"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Normal</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company>University of London</ap:Company>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>